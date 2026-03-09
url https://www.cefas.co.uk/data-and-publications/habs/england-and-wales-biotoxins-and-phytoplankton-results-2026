--- v0 (2026-02-16)
+++ v1 (2026-03-09)
@@ -6,84 +6,84 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\C8581_FSA_OC_Biotoxins\Working_Area\Results\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\C8581_FSA_OC_Biotoxins\Working_Area\Results\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4BE13582-9830-4B9C-A8F7-F11CAAA6BF16}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3F5BC7D1-3794-492F-886C-CC6901E517F8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="601" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1845" yWindow="60" windowWidth="21600" windowHeight="15495" tabRatio="601" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Biotoxin results" sheetId="7" r:id="rId1"/>
     <sheet name="Phytoplankton results" sheetId="3" r:id="rId2"/>
     <sheet name="Methods characteristics" sheetId="8" r:id="rId3"/>
     <sheet name="Abbreviations " sheetId="9" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Biotoxin results'!$A$2:$O$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Phytoplankton results'!$A$2:$N$2</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Biotoxin results'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1891" uniqueCount="592">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2928" uniqueCount="686">
   <si>
     <t>Bed ID</t>
   </si>
   <si>
     <t>RL = Reporting Limit [either the LOQ of the method for the toxin/species combination or the concentration of the lowest calibration standard depending on which one is the highest.]</t>
   </si>
   <si>
     <t>PS = Positive</t>
   </si>
   <si>
     <t>ND = Not Detected</t>
   </si>
   <si>
     <t>NG = Negative</t>
   </si>
   <si>
     <t>LOD = Limit of Detection</t>
   </si>
   <si>
     <t>LOQ = Limit of Quantitation</t>
   </si>
   <si>
     <t>Mussels</t>
   </si>
   <si>
@@ -2085,50 +2085,332 @@
     <t>West Mersea Outfall</t>
   </si>
   <si>
     <t>BTX/2026/0207</t>
   </si>
   <si>
     <t>BTX/2026/0208</t>
   </si>
   <si>
     <t>BTX/2026/0209</t>
   </si>
   <si>
     <t>SD40436256</t>
   </si>
   <si>
     <t>BTX/2026/0213</t>
   </si>
   <si>
     <t>BTX/2026/0214</t>
   </si>
   <si>
     <t>BTX/2026/0215</t>
   </si>
   <si>
     <t>BTX/2026/0217</t>
+  </si>
+  <si>
+    <t>BTX/2026/0218</t>
+  </si>
+  <si>
+    <t>BTX/2026/0219</t>
+  </si>
+  <si>
+    <t>BTX/2026/0224</t>
+  </si>
+  <si>
+    <t>BTX/2026/0225</t>
+  </si>
+  <si>
+    <t>BTX/2026/0226</t>
+  </si>
+  <si>
+    <t>BTX/2026/0227</t>
+  </si>
+  <si>
+    <t>BTX/2026/0228</t>
+  </si>
+  <si>
+    <t>BTX/2026/0229</t>
+  </si>
+  <si>
+    <t>BTX/2026/0230</t>
+  </si>
+  <si>
+    <t>BTX/2026/0248</t>
+  </si>
+  <si>
+    <t>BTX/2026/0249</t>
+  </si>
+  <si>
+    <t>044/26</t>
+  </si>
+  <si>
+    <t>045/26</t>
+  </si>
+  <si>
+    <t>046/26</t>
+  </si>
+  <si>
+    <t>047/26</t>
+  </si>
+  <si>
+    <t>048/26</t>
+  </si>
+  <si>
+    <t>049/26</t>
+  </si>
+  <si>
+    <t>EW405</t>
+  </si>
+  <si>
+    <t>EW406</t>
+  </si>
+  <si>
+    <t>EW407</t>
+  </si>
+  <si>
+    <t>EW408</t>
+  </si>
+  <si>
+    <t>EW409</t>
+  </si>
+  <si>
+    <t>BTX/2026/0261</t>
+  </si>
+  <si>
+    <t>BTX/2026/0262</t>
+  </si>
+  <si>
+    <t>BTX/2026/0263</t>
+  </si>
+  <si>
+    <t>Car y Mor</t>
+  </si>
+  <si>
+    <t>B097A</t>
+  </si>
+  <si>
+    <t>BTX/2026/0264</t>
+  </si>
+  <si>
+    <t>BTX/2026/0265</t>
+  </si>
+  <si>
+    <t>BTX/2026/0266</t>
+  </si>
+  <si>
+    <t>Colchester CC</t>
+  </si>
+  <si>
+    <t>BTX/2026/0267</t>
+  </si>
+  <si>
+    <t>BTX/2026/0268</t>
+  </si>
+  <si>
+    <t>BTX/2026/0269</t>
+  </si>
+  <si>
+    <t>BTX/2026/0274</t>
+  </si>
+  <si>
+    <t>BTX/2026/0275</t>
+  </si>
+  <si>
+    <t>BTX/2026/0276</t>
+  </si>
+  <si>
+    <t>BTX/2026/0278</t>
+  </si>
+  <si>
+    <t>BTX/2026/0279</t>
+  </si>
+  <si>
+    <t>BTX/2026/0280</t>
+  </si>
+  <si>
+    <t>BTX/2026/0283</t>
+  </si>
+  <si>
+    <t>BTX/2026/0284</t>
+  </si>
+  <si>
+    <t>BTX/2026/0285</t>
+  </si>
+  <si>
+    <t>BTX/2026/0286</t>
+  </si>
+  <si>
+    <t>BTX/2026/0287</t>
+  </si>
+  <si>
+    <t>BTX/2026/0291</t>
+  </si>
+  <si>
+    <t>BTX/2026/0292</t>
+  </si>
+  <si>
+    <t>BTX/2026/0293</t>
+  </si>
+  <si>
+    <t>BTX/2026/0294</t>
+  </si>
+  <si>
+    <t>B27AC</t>
+  </si>
+  <si>
+    <t>SM71832397</t>
+  </si>
+  <si>
+    <t>Carn ar Wig</t>
+  </si>
+  <si>
+    <t>SY1418575520</t>
+  </si>
+  <si>
+    <t>TR10326689</t>
+  </si>
+  <si>
+    <t>SX92827284</t>
+  </si>
+  <si>
+    <t>050/26</t>
+  </si>
+  <si>
+    <t>053/26</t>
+  </si>
+  <si>
+    <t>054/26</t>
+  </si>
+  <si>
+    <t>055/26</t>
+  </si>
+  <si>
+    <t>056/26</t>
+  </si>
+  <si>
+    <t>057/26</t>
+  </si>
+  <si>
+    <t>058/26</t>
+  </si>
+  <si>
+    <t>059/26</t>
+  </si>
+  <si>
+    <t>060/26</t>
+  </si>
+  <si>
+    <t>061/26</t>
+  </si>
+  <si>
+    <t>062/26</t>
+  </si>
+  <si>
+    <t>063/26</t>
+  </si>
+  <si>
+    <t>064/26</t>
+  </si>
+  <si>
+    <t>065/26</t>
+  </si>
+  <si>
+    <t>066/26</t>
+  </si>
+  <si>
+    <t>067/26</t>
+  </si>
+  <si>
+    <t>SY14187552</t>
+  </si>
+  <si>
+    <t>EW410</t>
+  </si>
+  <si>
+    <t>EW411</t>
+  </si>
+  <si>
+    <t>EW412</t>
+  </si>
+  <si>
+    <t>EW413</t>
+  </si>
+  <si>
+    <t>EW414</t>
+  </si>
+  <si>
+    <t>EW415</t>
+  </si>
+  <si>
+    <t>EW416</t>
+  </si>
+  <si>
+    <t>BTX/2026/0301</t>
+  </si>
+  <si>
+    <t>BTX/2026/0313</t>
+  </si>
+  <si>
+    <t>BTX/2026/0315</t>
+  </si>
+  <si>
+    <t>BTX/2026/0316</t>
+  </si>
+  <si>
+    <t>BTX/2026/0317</t>
+  </si>
+  <si>
+    <t>BTX/2026/0318</t>
+  </si>
+  <si>
+    <t>BTX/2026/0319</t>
+  </si>
+  <si>
+    <t>069/26</t>
+  </si>
+  <si>
+    <t>070/26</t>
+  </si>
+  <si>
+    <t>071/26</t>
+  </si>
+  <si>
+    <t>072/26</t>
+  </si>
+  <si>
+    <t>073/26</t>
+  </si>
+  <si>
+    <t>074/26</t>
+  </si>
+  <si>
+    <t>EW417</t>
+  </si>
+  <si>
+    <t>EW418</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#&quot;/18&quot;"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="37" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -2329,51 +2611,51 @@
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="35">
+  <fills count="36">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="46"/>
       </patternFill>
@@ -2510,50 +2792,56 @@
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="10"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="65"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="49">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="23"/>
       </left>
       <right style="thin">
         <color indexed="23"/>
       </right>
       <top style="thin">
         <color indexed="23"/>
       </top>
       <bottom style="thin">
         <color indexed="23"/>
       </bottom>
       <diagonal/>
@@ -3187,51 +3475,51 @@
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="7" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="23" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="20" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="156">
+  <cellXfs count="169">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="42"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="42" applyFont="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="39" applyFont="1"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="42" applyFont="1"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="39" applyFont="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="39" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="39" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="42" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="42" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="39" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
@@ -3546,104 +3834,127 @@
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="33" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="33" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="33" fillId="32" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="33" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="33" fillId="32" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="33" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="38" xfId="41" applyFont="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="25" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="25" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="26" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="26" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="34" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="34" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="33" fillId="25" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="33" fillId="32" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="33" fillId="25" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="34" fillId="25" borderId="10" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="33" fillId="25" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="33" fillId="25" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="33" fillId="32" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="33" fillId="25" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="33" fillId="32" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="33" fillId="25" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="33" fillId="32" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="33" fillId="32" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="33" fillId="25" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="33" fillId="35" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="33" fillId="35" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="38" xfId="41" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="37" xfId="41" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="33" xfId="41" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="29" xfId="41" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="26" xfId="41" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="56">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="2" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="3" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="4" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="5" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="6" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="7" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="8" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="9" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="10" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="11" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="12" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="13" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="14" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="15" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="16" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="17" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="18" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="19" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="20" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="21" builtinId="37" customBuiltin="1"/>
@@ -4045,55 +4356,55 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:O93"/>
+  <dimension ref="A1:O135"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="A63" sqref="A63:XFD80"/>
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A99" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="E134" sqref="E134"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="22.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="22.7109375" style="47"/>
     <col min="2" max="2" width="31.7109375" style="47" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="22.7109375" style="47"/>
     <col min="4" max="4" width="41.28515625" style="47" customWidth="1"/>
     <col min="5" max="5" width="27.28515625" style="47" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="39.140625" style="47" customWidth="1"/>
     <col min="7" max="8" width="22.7109375" style="57"/>
     <col min="9" max="16384" width="22.7109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="9" t="s">
         <v>311</v>
       </c>
       <c r="H1" s="58"/>
     </row>
     <row r="2" spans="1:15" s="11" customFormat="1" ht="122.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="49" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="49" t="s">
@@ -6712,1079 +7023,2887 @@
         <v>91</v>
       </c>
       <c r="M62" s="125" t="s">
         <v>91</v>
       </c>
       <c r="N62" s="125" t="s">
         <v>91</v>
       </c>
       <c r="O62" s="126" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="63" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A63" s="122" t="s">
         <v>570</v>
       </c>
       <c r="B63" s="122" t="s">
         <v>163</v>
       </c>
       <c r="C63" s="122" t="s">
         <v>207</v>
       </c>
       <c r="D63" s="122" t="s">
         <v>352</v>
       </c>
-      <c r="E63" s="155" t="s">
+      <c r="E63" s="150" t="s">
         <v>379</v>
       </c>
       <c r="F63" s="122" t="s">
         <v>208</v>
       </c>
       <c r="G63" s="123">
         <v>46055</v>
       </c>
       <c r="H63" s="122" t="s">
         <v>89</v>
       </c>
       <c r="I63" s="122" t="s">
         <v>90</v>
       </c>
       <c r="J63" s="122"/>
       <c r="K63" s="124"/>
       <c r="L63" s="125" t="s">
         <v>91</v>
       </c>
       <c r="M63" s="125" t="s">
         <v>91</v>
       </c>
       <c r="N63" s="125" t="s">
         <v>91</v>
       </c>
       <c r="O63" s="126" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="64" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A64" s="122" t="s">
         <v>571</v>
       </c>
       <c r="B64" s="122" t="s">
         <v>163</v>
       </c>
       <c r="C64" s="122" t="s">
         <v>354</v>
       </c>
       <c r="D64" s="122" t="s">
         <v>352</v>
       </c>
-      <c r="E64" s="155" t="s">
+      <c r="E64" s="150" t="s">
         <v>380</v>
       </c>
       <c r="F64" s="122" t="s">
         <v>381</v>
       </c>
       <c r="G64" s="123">
         <v>46055</v>
       </c>
       <c r="H64" s="122" t="s">
         <v>98</v>
       </c>
       <c r="I64" s="122" t="s">
         <v>90</v>
       </c>
       <c r="J64" s="122"/>
       <c r="K64" s="124"/>
       <c r="L64" s="125" t="s">
         <v>91</v>
       </c>
       <c r="M64" s="125" t="s">
         <v>91</v>
       </c>
       <c r="N64" s="125" t="s">
         <v>91</v>
       </c>
       <c r="O64" s="126" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="65" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A65" s="122" t="s">
         <v>572</v>
       </c>
       <c r="B65" s="122" t="s">
         <v>99</v>
       </c>
       <c r="C65" s="122" t="s">
         <v>100</v>
       </c>
       <c r="D65" s="122" t="s">
         <v>109</v>
       </c>
-      <c r="E65" s="155" t="s">
+      <c r="E65" s="150" t="s">
         <v>116</v>
       </c>
       <c r="F65" s="122" t="s">
         <v>101</v>
       </c>
       <c r="G65" s="123">
         <v>46055</v>
       </c>
       <c r="H65" s="122" t="s">
         <v>89</v>
       </c>
       <c r="I65" s="122" t="s">
         <v>90</v>
       </c>
       <c r="J65" s="122"/>
       <c r="K65" s="124"/>
       <c r="L65" s="125" t="s">
         <v>91</v>
       </c>
       <c r="M65" s="125" t="s">
         <v>91</v>
       </c>
       <c r="N65" s="125" t="s">
         <v>91</v>
       </c>
       <c r="O65" s="126" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="66" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A66" s="122" t="s">
         <v>573</v>
       </c>
       <c r="B66" s="122" t="s">
         <v>501</v>
       </c>
       <c r="C66" s="122" t="s">
         <v>472</v>
       </c>
       <c r="D66" s="122" t="s">
         <v>473</v>
       </c>
-      <c r="E66" s="155" t="s">
+      <c r="E66" s="150" t="s">
         <v>474</v>
       </c>
       <c r="F66" s="122" t="s">
         <v>475</v>
       </c>
       <c r="G66" s="123">
         <v>46054</v>
       </c>
       <c r="H66" s="122" t="s">
         <v>98</v>
       </c>
       <c r="I66" s="122" t="s">
         <v>90</v>
       </c>
       <c r="J66" s="122"/>
       <c r="K66" s="124"/>
       <c r="L66" s="125" t="s">
         <v>91</v>
       </c>
       <c r="M66" s="125" t="s">
         <v>91</v>
       </c>
       <c r="N66" s="125" t="s">
         <v>91</v>
       </c>
       <c r="O66" s="126" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="67" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A67" s="122" t="s">
         <v>574</v>
       </c>
       <c r="B67" s="122" t="s">
         <v>216</v>
       </c>
       <c r="C67" s="122" t="s">
         <v>217</v>
       </c>
       <c r="D67" s="122" t="s">
         <v>218</v>
       </c>
-      <c r="E67" s="155" t="s">
+      <c r="E67" s="150" t="s">
         <v>219</v>
       </c>
       <c r="F67" s="122" t="s">
         <v>220</v>
       </c>
       <c r="G67" s="123">
         <v>46055</v>
       </c>
       <c r="H67" s="122" t="s">
         <v>89</v>
       </c>
       <c r="I67" s="122" t="s">
         <v>90</v>
       </c>
       <c r="J67" s="122"/>
       <c r="K67" s="124"/>
       <c r="L67" s="125" t="s">
         <v>91</v>
       </c>
       <c r="M67" s="125" t="s">
         <v>91</v>
       </c>
       <c r="N67" s="125" t="s">
         <v>91</v>
       </c>
       <c r="O67" s="126" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="68" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A68" s="122" t="s">
         <v>575</v>
       </c>
       <c r="B68" s="122" t="s">
         <v>107</v>
       </c>
       <c r="C68" s="122" t="s">
         <v>108</v>
       </c>
       <c r="D68" s="122" t="s">
         <v>109</v>
       </c>
-      <c r="E68" s="155" t="s">
+      <c r="E68" s="150" t="s">
         <v>110</v>
       </c>
       <c r="F68" s="122" t="s">
         <v>111</v>
       </c>
       <c r="G68" s="123">
         <v>46056</v>
       </c>
       <c r="H68" s="122" t="s">
         <v>112</v>
       </c>
       <c r="I68" s="122" t="s">
         <v>90</v>
       </c>
       <c r="J68" s="122"/>
       <c r="K68" s="124"/>
       <c r="L68" s="125" t="s">
         <v>91</v>
       </c>
       <c r="M68" s="125" t="s">
         <v>91</v>
       </c>
       <c r="N68" s="125" t="s">
         <v>91</v>
       </c>
       <c r="O68" s="126" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="69" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A69" s="122" t="s">
         <v>576</v>
       </c>
       <c r="B69" s="122" t="s">
         <v>107</v>
       </c>
       <c r="C69" s="122" t="s">
         <v>456</v>
       </c>
       <c r="D69" s="122" t="s">
         <v>457</v>
       </c>
-      <c r="E69" s="155" t="s">
+      <c r="E69" s="150" t="s">
         <v>458</v>
       </c>
       <c r="F69" s="122" t="s">
         <v>459</v>
       </c>
       <c r="G69" s="123">
         <v>46055</v>
       </c>
       <c r="H69" s="122" t="s">
         <v>89</v>
       </c>
       <c r="I69" s="122" t="s">
         <v>90</v>
       </c>
       <c r="J69" s="122"/>
       <c r="K69" s="124"/>
       <c r="L69" s="125" t="s">
         <v>91</v>
       </c>
       <c r="M69" s="125" t="s">
         <v>91</v>
       </c>
       <c r="N69" s="125" t="s">
         <v>91</v>
       </c>
       <c r="O69" s="126" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="70" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A70" s="122" t="s">
         <v>577</v>
       </c>
       <c r="B70" s="122" t="s">
         <v>531</v>
       </c>
       <c r="C70" s="122" t="s">
         <v>466</v>
       </c>
       <c r="D70" s="122" t="s">
         <v>532</v>
       </c>
-      <c r="E70" s="155" t="s">
+      <c r="E70" s="150" t="s">
         <v>468</v>
       </c>
       <c r="F70" s="122" t="s">
         <v>533</v>
       </c>
       <c r="G70" s="123">
         <v>46056</v>
       </c>
       <c r="H70" s="122" t="s">
         <v>89</v>
       </c>
       <c r="I70" s="122" t="s">
         <v>90</v>
       </c>
       <c r="J70" s="122"/>
       <c r="K70" s="124"/>
       <c r="L70" s="125" t="s">
         <v>91</v>
       </c>
       <c r="M70" s="125" t="s">
         <v>91</v>
       </c>
       <c r="N70" s="125" t="s">
         <v>91</v>
       </c>
       <c r="O70" s="126" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="71" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A71" s="122" t="s">
         <v>578</v>
       </c>
       <c r="B71" s="122" t="s">
         <v>190</v>
       </c>
       <c r="C71" s="122" t="s">
         <v>191</v>
       </c>
       <c r="D71" s="122" t="s">
         <v>185</v>
       </c>
-      <c r="E71" s="155" t="s">
+      <c r="E71" s="150" t="s">
         <v>209</v>
       </c>
       <c r="F71" s="122" t="s">
         <v>192</v>
       </c>
       <c r="G71" s="123">
         <v>46056</v>
       </c>
       <c r="H71" s="122" t="s">
         <v>98</v>
       </c>
       <c r="I71" s="122" t="s">
         <v>90</v>
       </c>
       <c r="J71" s="122"/>
       <c r="K71" s="124"/>
       <c r="L71" s="125" t="s">
         <v>91</v>
       </c>
       <c r="M71" s="125" t="s">
         <v>91</v>
       </c>
       <c r="N71" s="125" t="s">
         <v>91</v>
       </c>
       <c r="O71" s="126" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="72" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A72" s="122" t="s">
         <v>579</v>
       </c>
       <c r="B72" s="122" t="s">
         <v>93</v>
       </c>
       <c r="C72" s="122" t="s">
         <v>94</v>
       </c>
       <c r="D72" s="122" t="s">
         <v>95</v>
       </c>
-      <c r="E72" s="155" t="s">
+      <c r="E72" s="150" t="s">
         <v>96</v>
       </c>
       <c r="F72" s="122" t="s">
         <v>97</v>
       </c>
       <c r="G72" s="123">
         <v>46057</v>
       </c>
       <c r="H72" s="122" t="s">
         <v>98</v>
       </c>
       <c r="I72" s="122" t="s">
         <v>90</v>
       </c>
       <c r="J72" s="122"/>
       <c r="K72" s="124"/>
       <c r="L72" s="125" t="s">
         <v>91</v>
       </c>
       <c r="M72" s="125" t="s">
         <v>91</v>
       </c>
       <c r="N72" s="125" t="s">
         <v>91</v>
       </c>
       <c r="O72" s="126" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="73" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A73" s="122" t="s">
         <v>580</v>
       </c>
       <c r="B73" s="122" t="s">
         <v>340</v>
       </c>
       <c r="C73" s="122" t="s">
         <v>581</v>
       </c>
       <c r="D73" s="122" t="s">
         <v>342</v>
       </c>
-      <c r="E73" s="155" t="s">
+      <c r="E73" s="150" t="s">
         <v>582</v>
       </c>
       <c r="F73" s="122" t="s">
         <v>583</v>
       </c>
       <c r="G73" s="123">
         <v>46057</v>
       </c>
       <c r="H73" s="122" t="s">
         <v>98</v>
       </c>
       <c r="I73" s="122" t="s">
         <v>90</v>
       </c>
       <c r="J73" s="122"/>
       <c r="K73" s="124"/>
       <c r="L73" s="125" t="s">
         <v>91</v>
       </c>
       <c r="M73" s="125" t="s">
         <v>91</v>
       </c>
       <c r="N73" s="125" t="s">
         <v>91</v>
       </c>
       <c r="O73" s="126" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="74" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A74" s="122" t="s">
         <v>584</v>
       </c>
       <c r="B74" s="122" t="s">
         <v>131</v>
       </c>
       <c r="C74" s="122" t="s">
         <v>228</v>
       </c>
       <c r="D74" s="122" t="s">
         <v>132</v>
       </c>
-      <c r="E74" s="155" t="s">
+      <c r="E74" s="150" t="s">
         <v>223</v>
       </c>
       <c r="F74" s="122" t="s">
         <v>224</v>
       </c>
       <c r="G74" s="123">
         <v>46057</v>
       </c>
       <c r="H74" s="122" t="s">
         <v>89</v>
       </c>
       <c r="I74" s="122" t="s">
         <v>90</v>
       </c>
       <c r="J74" s="122"/>
       <c r="K74" s="124"/>
       <c r="L74" s="125" t="s">
         <v>91</v>
       </c>
       <c r="M74" s="125" t="s">
         <v>91</v>
       </c>
       <c r="N74" s="125" t="s">
         <v>91</v>
       </c>
       <c r="O74" s="126" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="75" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A75" s="122" t="s">
         <v>585</v>
       </c>
       <c r="B75" s="122" t="s">
         <v>131</v>
       </c>
       <c r="C75" s="122" t="s">
         <v>133</v>
       </c>
       <c r="D75" s="122" t="s">
         <v>132</v>
       </c>
-      <c r="E75" s="155" t="s">
+      <c r="E75" s="150" t="s">
         <v>134</v>
       </c>
       <c r="F75" s="122" t="s">
         <v>135</v>
       </c>
       <c r="G75" s="123">
         <v>46057</v>
       </c>
       <c r="H75" s="122" t="s">
         <v>89</v>
       </c>
       <c r="I75" s="122" t="s">
         <v>90</v>
       </c>
       <c r="J75" s="122"/>
       <c r="K75" s="124"/>
       <c r="L75" s="125" t="s">
         <v>91</v>
       </c>
       <c r="M75" s="125" t="s">
         <v>91</v>
       </c>
       <c r="N75" s="125" t="s">
         <v>91</v>
       </c>
       <c r="O75" s="126" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="76" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A76" s="122" t="s">
         <v>586</v>
       </c>
       <c r="B76" s="122" t="s">
         <v>226</v>
       </c>
       <c r="C76" s="122" t="s">
         <v>229</v>
       </c>
       <c r="D76" s="122" t="s">
         <v>225</v>
       </c>
-      <c r="E76" s="155" t="s">
+      <c r="E76" s="150" t="s">
         <v>587</v>
       </c>
       <c r="F76" s="122" t="s">
         <v>231</v>
       </c>
       <c r="G76" s="123">
         <v>46057</v>
       </c>
       <c r="H76" s="122" t="s">
         <v>89</v>
       </c>
       <c r="I76" s="122" t="s">
         <v>90</v>
       </c>
       <c r="J76" s="122"/>
       <c r="K76" s="124"/>
       <c r="L76" s="125" t="s">
         <v>91</v>
       </c>
       <c r="M76" s="125" t="s">
         <v>91</v>
       </c>
       <c r="N76" s="125" t="s">
         <v>91</v>
       </c>
       <c r="O76" s="126" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="77" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A77" s="122" t="s">
         <v>588</v>
       </c>
       <c r="B77" s="122" t="s">
         <v>99</v>
       </c>
       <c r="C77" s="122" t="s">
         <v>232</v>
       </c>
       <c r="D77" s="122" t="s">
         <v>109</v>
       </c>
-      <c r="E77" s="155" t="s">
+      <c r="E77" s="150" t="s">
         <v>233</v>
       </c>
       <c r="F77" s="122" t="s">
         <v>234</v>
       </c>
       <c r="G77" s="123">
         <v>46058</v>
       </c>
       <c r="H77" s="122" t="s">
         <v>98</v>
       </c>
       <c r="I77" s="122" t="s">
         <v>90</v>
       </c>
       <c r="J77" s="122"/>
       <c r="K77" s="124"/>
       <c r="L77" s="125" t="s">
         <v>91</v>
       </c>
       <c r="M77" s="125" t="s">
         <v>91</v>
       </c>
       <c r="N77" s="125" t="s">
         <v>91</v>
       </c>
       <c r="O77" s="126" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="78" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A78" s="122" t="s">
         <v>589</v>
       </c>
       <c r="B78" s="122" t="s">
         <v>149</v>
       </c>
       <c r="C78" s="122" t="s">
         <v>150</v>
       </c>
       <c r="D78" s="122" t="s">
         <v>151</v>
       </c>
-      <c r="E78" s="155" t="s">
+      <c r="E78" s="150" t="s">
         <v>152</v>
       </c>
       <c r="F78" s="122" t="s">
         <v>153</v>
       </c>
       <c r="G78" s="123">
         <v>46057</v>
       </c>
       <c r="H78" s="122" t="s">
         <v>89</v>
       </c>
       <c r="I78" s="122" t="s">
         <v>90</v>
       </c>
       <c r="J78" s="122"/>
       <c r="K78" s="124"/>
       <c r="L78" s="125" t="s">
         <v>91</v>
       </c>
       <c r="M78" s="125" t="s">
         <v>91</v>
       </c>
       <c r="N78" s="125" t="s">
         <v>91</v>
       </c>
       <c r="O78" s="126" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="79" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A79" s="122" t="s">
         <v>590</v>
       </c>
       <c r="B79" s="122" t="s">
         <v>321</v>
       </c>
       <c r="C79" s="122" t="s">
         <v>322</v>
       </c>
       <c r="D79" s="122" t="s">
         <v>323</v>
       </c>
-      <c r="E79" s="155" t="s">
+      <c r="E79" s="150" t="s">
         <v>363</v>
       </c>
       <c r="F79" s="122" t="s">
         <v>364</v>
       </c>
       <c r="G79" s="123">
         <v>46058</v>
       </c>
       <c r="H79" s="122" t="s">
         <v>89</v>
       </c>
       <c r="I79" s="122" t="s">
         <v>90</v>
       </c>
       <c r="J79" s="122"/>
       <c r="K79" s="124"/>
       <c r="L79" s="125" t="s">
         <v>91</v>
       </c>
       <c r="M79" s="125" t="s">
         <v>91</v>
       </c>
       <c r="N79" s="125" t="s">
         <v>91</v>
       </c>
       <c r="O79" s="126" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="80" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A80" s="122" t="s">
         <v>591</v>
       </c>
       <c r="B80" s="122" t="s">
         <v>154</v>
       </c>
       <c r="C80" s="122" t="s">
         <v>155</v>
       </c>
       <c r="D80" s="122" t="s">
         <v>156</v>
       </c>
-      <c r="E80" s="155" t="s">
+      <c r="E80" s="150" t="s">
         <v>157</v>
       </c>
       <c r="F80" s="122" t="s">
         <v>158</v>
       </c>
       <c r="G80" s="123">
         <v>46058</v>
       </c>
       <c r="H80" s="122" t="s">
         <v>98</v>
       </c>
       <c r="I80" s="122" t="s">
         <v>90</v>
       </c>
       <c r="J80" s="122"/>
       <c r="K80" s="124"/>
       <c r="L80" s="125" t="s">
         <v>91</v>
       </c>
       <c r="M80" s="125" t="s">
         <v>91</v>
       </c>
       <c r="N80" s="125" t="s">
         <v>91</v>
       </c>
       <c r="O80" s="126" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="81" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-      <c r="A82" s="96" t="s">
+    <row r="81" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A81" s="122" t="s">
+        <v>592</v>
+      </c>
+      <c r="B81" s="122" t="s">
+        <v>314</v>
+      </c>
+      <c r="C81" s="122" t="s">
+        <v>315</v>
+      </c>
+      <c r="D81" s="122" t="s">
+        <v>132</v>
+      </c>
+      <c r="E81" s="150" t="s">
+        <v>359</v>
+      </c>
+      <c r="F81" s="122" t="s">
+        <v>360</v>
+      </c>
+      <c r="G81" s="123">
+        <v>46062</v>
+      </c>
+      <c r="H81" s="122" t="s">
+        <v>112</v>
+      </c>
+      <c r="I81" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J81" s="122"/>
+      <c r="K81" s="124"/>
+      <c r="L81" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M81" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N81" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O81" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="82" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A82" s="122" t="s">
+        <v>593</v>
+      </c>
+      <c r="B82" s="122" t="s">
+        <v>160</v>
+      </c>
+      <c r="C82" s="122" t="s">
+        <v>182</v>
+      </c>
+      <c r="D82" s="122" t="s">
+        <v>161</v>
+      </c>
+      <c r="E82" s="150" t="s">
+        <v>183</v>
+      </c>
+      <c r="F82" s="122" t="s">
+        <v>184</v>
+      </c>
+      <c r="G82" s="123">
+        <v>46062</v>
+      </c>
+      <c r="H82" s="122" t="s">
+        <v>98</v>
+      </c>
+      <c r="I82" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J82" s="122"/>
+      <c r="K82" s="124"/>
+      <c r="L82" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M82" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N82" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O82" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="83" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A83" s="122" t="s">
+        <v>594</v>
+      </c>
+      <c r="B83" s="122" t="s">
+        <v>317</v>
+      </c>
+      <c r="C83" s="122" t="s">
+        <v>318</v>
+      </c>
+      <c r="D83" s="122" t="s">
+        <v>319</v>
+      </c>
+      <c r="E83" s="150" t="s">
+        <v>361</v>
+      </c>
+      <c r="F83" s="122" t="s">
+        <v>362</v>
+      </c>
+      <c r="G83" s="123">
+        <v>46063</v>
+      </c>
+      <c r="H83" s="122" t="s">
+        <v>89</v>
+      </c>
+      <c r="I83" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J83" s="122"/>
+      <c r="K83" s="124"/>
+      <c r="L83" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M83" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N83" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O83" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="84" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A84" s="122" t="s">
+        <v>595</v>
+      </c>
+      <c r="B84" s="122" t="s">
+        <v>170</v>
+      </c>
+      <c r="C84" s="122" t="s">
+        <v>171</v>
+      </c>
+      <c r="D84" s="122" t="s">
+        <v>136</v>
+      </c>
+      <c r="E84" s="150" t="s">
+        <v>172</v>
+      </c>
+      <c r="F84" s="122" t="s">
+        <v>173</v>
+      </c>
+      <c r="G84" s="123">
+        <v>46063</v>
+      </c>
+      <c r="H84" s="122" t="s">
+        <v>186</v>
+      </c>
+      <c r="I84" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J84" s="122"/>
+      <c r="K84" s="124"/>
+      <c r="L84" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M84" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N84" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O84" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="85" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A85" s="122" t="s">
+        <v>596</v>
+      </c>
+      <c r="B85" s="122" t="s">
+        <v>166</v>
+      </c>
+      <c r="C85" s="122" t="s">
+        <v>167</v>
+      </c>
+      <c r="D85" s="122" t="s">
+        <v>136</v>
+      </c>
+      <c r="E85" s="150" t="s">
+        <v>168</v>
+      </c>
+      <c r="F85" s="122" t="s">
+        <v>169</v>
+      </c>
+      <c r="G85" s="123">
+        <v>46063</v>
+      </c>
+      <c r="H85" s="122" t="s">
+        <v>89</v>
+      </c>
+      <c r="I85" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J85" s="122"/>
+      <c r="K85" s="124"/>
+      <c r="L85" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M85" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N85" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O85" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="86" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A86" s="122" t="s">
+        <v>597</v>
+      </c>
+      <c r="B86" s="122" t="s">
+        <v>166</v>
+      </c>
+      <c r="C86" s="122" t="s">
+        <v>179</v>
+      </c>
+      <c r="D86" s="122" t="s">
+        <v>136</v>
+      </c>
+      <c r="E86" s="150" t="s">
+        <v>180</v>
+      </c>
+      <c r="F86" s="122" t="s">
+        <v>181</v>
+      </c>
+      <c r="G86" s="123">
+        <v>46063</v>
+      </c>
+      <c r="H86" s="122" t="s">
+        <v>186</v>
+      </c>
+      <c r="I86" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J86" s="122"/>
+      <c r="K86" s="124"/>
+      <c r="L86" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M86" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N86" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O86" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="87" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A87" s="122" t="s">
+        <v>598</v>
+      </c>
+      <c r="B87" s="122" t="s">
+        <v>166</v>
+      </c>
+      <c r="C87" s="122" t="s">
+        <v>176</v>
+      </c>
+      <c r="D87" s="122" t="s">
+        <v>136</v>
+      </c>
+      <c r="E87" s="150" t="s">
+        <v>177</v>
+      </c>
+      <c r="F87" s="122" t="s">
+        <v>178</v>
+      </c>
+      <c r="G87" s="123">
+        <v>46063</v>
+      </c>
+      <c r="H87" s="122" t="s">
+        <v>188</v>
+      </c>
+      <c r="I87" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J87" s="122"/>
+      <c r="K87" s="124"/>
+      <c r="L87" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M87" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N87" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O87" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="88" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A88" s="122" t="s">
+        <v>599</v>
+      </c>
+      <c r="B88" s="122" t="s">
+        <v>170</v>
+      </c>
+      <c r="C88" s="122" t="s">
+        <v>174</v>
+      </c>
+      <c r="D88" s="122" t="s">
+        <v>136</v>
+      </c>
+      <c r="E88" s="150" t="s">
+        <v>172</v>
+      </c>
+      <c r="F88" s="122" t="s">
+        <v>175</v>
+      </c>
+      <c r="G88" s="123">
+        <v>46063</v>
+      </c>
+      <c r="H88" s="122" t="s">
+        <v>188</v>
+      </c>
+      <c r="I88" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J88" s="122"/>
+      <c r="K88" s="124"/>
+      <c r="L88" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M88" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N88" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O88" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="89" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A89" s="122" t="s">
+        <v>600</v>
+      </c>
+      <c r="B89" s="122" t="s">
+        <v>332</v>
+      </c>
+      <c r="C89" s="122" t="s">
+        <v>333</v>
+      </c>
+      <c r="D89" s="122" t="s">
+        <v>334</v>
+      </c>
+      <c r="E89" s="150" t="s">
+        <v>369</v>
+      </c>
+      <c r="F89" s="122" t="s">
+        <v>370</v>
+      </c>
+      <c r="G89" s="123">
+        <v>46063</v>
+      </c>
+      <c r="H89" s="122" t="s">
+        <v>98</v>
+      </c>
+      <c r="I89" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J89" s="122"/>
+      <c r="K89" s="124"/>
+      <c r="L89" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M89" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N89" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O89" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="90" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A90" s="122" t="s">
+        <v>601</v>
+      </c>
+      <c r="B90" s="122" t="s">
+        <v>211</v>
+      </c>
+      <c r="C90" s="122" t="s">
+        <v>212</v>
+      </c>
+      <c r="D90" s="122" t="s">
+        <v>136</v>
+      </c>
+      <c r="E90" s="150" t="s">
+        <v>213</v>
+      </c>
+      <c r="F90" s="122" t="s">
+        <v>211</v>
+      </c>
+      <c r="G90" s="123">
+        <v>46065</v>
+      </c>
+      <c r="H90" s="122" t="s">
+        <v>186</v>
+      </c>
+      <c r="I90" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J90" s="122"/>
+      <c r="K90" s="124"/>
+      <c r="L90" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M90" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N90" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O90" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="91" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A91" s="122" t="s">
+        <v>602</v>
+      </c>
+      <c r="B91" s="122" t="s">
+        <v>203</v>
+      </c>
+      <c r="C91" s="122" t="s">
+        <v>204</v>
+      </c>
+      <c r="D91" s="122" t="s">
+        <v>136</v>
+      </c>
+      <c r="E91" s="150" t="s">
+        <v>205</v>
+      </c>
+      <c r="F91" s="122" t="s">
+        <v>206</v>
+      </c>
+      <c r="G91" s="123">
+        <v>46065</v>
+      </c>
+      <c r="H91" s="122" t="s">
+        <v>89</v>
+      </c>
+      <c r="I91" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J91" s="122"/>
+      <c r="K91" s="124"/>
+      <c r="L91" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M91" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N91" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O91" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="92" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A92" s="122" t="s">
+        <v>614</v>
+      </c>
+      <c r="B92" s="122" t="s">
+        <v>489</v>
+      </c>
+      <c r="C92" s="122" t="s">
+        <v>503</v>
+      </c>
+      <c r="D92" s="122" t="s">
+        <v>504</v>
+      </c>
+      <c r="E92" s="150" t="s">
+        <v>505</v>
+      </c>
+      <c r="F92" s="122" t="s">
+        <v>506</v>
+      </c>
+      <c r="G92" s="123">
+        <v>46069</v>
+      </c>
+      <c r="H92" s="122" t="s">
+        <v>112</v>
+      </c>
+      <c r="I92" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J92" s="122"/>
+      <c r="K92" s="124"/>
+      <c r="L92" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M92" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N92" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O92" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="93" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A93" s="122" t="s">
+        <v>615</v>
+      </c>
+      <c r="B93" s="122" t="s">
+        <v>508</v>
+      </c>
+      <c r="C93" s="122" t="s">
+        <v>509</v>
+      </c>
+      <c r="D93" s="122" t="s">
+        <v>504</v>
+      </c>
+      <c r="E93" s="150" t="s">
+        <v>510</v>
+      </c>
+      <c r="F93" s="122" t="s">
+        <v>511</v>
+      </c>
+      <c r="G93" s="123">
+        <v>46069</v>
+      </c>
+      <c r="H93" s="122" t="s">
+        <v>112</v>
+      </c>
+      <c r="I93" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J93" s="122"/>
+      <c r="K93" s="124"/>
+      <c r="L93" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M93" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N93" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O93" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="94" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A94" s="122" t="s">
+        <v>616</v>
+      </c>
+      <c r="B94" s="122" t="s">
+        <v>617</v>
+      </c>
+      <c r="C94" s="122" t="s">
+        <v>618</v>
+      </c>
+      <c r="D94" s="122" t="s">
+        <v>185</v>
+      </c>
+      <c r="E94" s="150" t="s">
+        <v>642</v>
+      </c>
+      <c r="F94" s="122" t="s">
+        <v>643</v>
+      </c>
+      <c r="G94" s="123">
+        <v>46067</v>
+      </c>
+      <c r="H94" s="122" t="s">
+        <v>89</v>
+      </c>
+      <c r="I94" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J94" s="122"/>
+      <c r="K94" s="124"/>
+      <c r="L94" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M94" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N94" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O94" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="95" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A95" s="122" t="s">
+        <v>619</v>
+      </c>
+      <c r="B95" s="122" t="s">
+        <v>391</v>
+      </c>
+      <c r="C95" s="122" t="s">
+        <v>513</v>
+      </c>
+      <c r="D95" s="122" t="s">
+        <v>514</v>
+      </c>
+      <c r="E95" s="150" t="s">
+        <v>515</v>
+      </c>
+      <c r="F95" s="122" t="s">
+        <v>516</v>
+      </c>
+      <c r="G95" s="123">
+        <v>46069</v>
+      </c>
+      <c r="H95" s="122" t="s">
+        <v>89</v>
+      </c>
+      <c r="I95" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J95" s="122"/>
+      <c r="K95" s="124"/>
+      <c r="L95" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M95" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N95" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O95" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="96" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A96" s="122" t="s">
+        <v>620</v>
+      </c>
+      <c r="B96" s="122" t="s">
+        <v>325</v>
+      </c>
+      <c r="C96" s="122" t="s">
+        <v>326</v>
+      </c>
+      <c r="D96" s="122" t="s">
+        <v>218</v>
+      </c>
+      <c r="E96" s="150" t="s">
+        <v>365</v>
+      </c>
+      <c r="F96" s="122" t="s">
+        <v>366</v>
+      </c>
+      <c r="G96" s="123">
+        <v>46069</v>
+      </c>
+      <c r="H96" s="122" t="s">
+        <v>89</v>
+      </c>
+      <c r="I96" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J96" s="122"/>
+      <c r="K96" s="124"/>
+      <c r="L96" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M96" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N96" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O96" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="97" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A97" s="122" t="s">
+        <v>621</v>
+      </c>
+      <c r="B97" s="122" t="s">
+        <v>340</v>
+      </c>
+      <c r="C97" s="122" t="s">
+        <v>341</v>
+      </c>
+      <c r="D97" s="122" t="s">
+        <v>622</v>
+      </c>
+      <c r="E97" s="150" t="s">
+        <v>373</v>
+      </c>
+      <c r="F97" s="122" t="s">
+        <v>374</v>
+      </c>
+      <c r="G97" s="123">
+        <v>46069</v>
+      </c>
+      <c r="H97" s="122" t="s">
+        <v>98</v>
+      </c>
+      <c r="I97" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J97" s="122"/>
+      <c r="K97" s="124"/>
+      <c r="L97" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M97" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N97" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O97" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="98" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A98" s="122" t="s">
+        <v>623</v>
+      </c>
+      <c r="B98" s="122" t="s">
+        <v>344</v>
+      </c>
+      <c r="C98" s="122" t="s">
+        <v>345</v>
+      </c>
+      <c r="D98" s="122" t="s">
+        <v>622</v>
+      </c>
+      <c r="E98" s="150" t="s">
+        <v>418</v>
+      </c>
+      <c r="F98" s="122" t="s">
+        <v>376</v>
+      </c>
+      <c r="G98" s="123">
+        <v>46069</v>
+      </c>
+      <c r="H98" s="122" t="s">
+        <v>98</v>
+      </c>
+      <c r="I98" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J98" s="122"/>
+      <c r="K98" s="124"/>
+      <c r="L98" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M98" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N98" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O98" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="99" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A99" s="122" t="s">
+        <v>624</v>
+      </c>
+      <c r="B99" s="122" t="s">
+        <v>356</v>
+      </c>
+      <c r="C99" s="122" t="s">
+        <v>357</v>
+      </c>
+      <c r="D99" s="122" t="s">
+        <v>358</v>
+      </c>
+      <c r="E99" s="150" t="s">
+        <v>382</v>
+      </c>
+      <c r="F99" s="122" t="s">
+        <v>383</v>
+      </c>
+      <c r="G99" s="123">
+        <v>46069</v>
+      </c>
+      <c r="H99" s="122" t="s">
+        <v>98</v>
+      </c>
+      <c r="I99" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J99" s="122"/>
+      <c r="K99" s="124"/>
+      <c r="L99" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M99" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N99" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O99" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="100" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A100" s="122" t="s">
+        <v>625</v>
+      </c>
+      <c r="B100" s="122" t="s">
+        <v>439</v>
+      </c>
+      <c r="C100" s="122" t="s">
+        <v>499</v>
+      </c>
+      <c r="D100" s="122" t="s">
+        <v>95</v>
+      </c>
+      <c r="E100" s="150" t="s">
+        <v>441</v>
+      </c>
+      <c r="F100" s="122" t="s">
+        <v>442</v>
+      </c>
+      <c r="G100" s="123">
+        <v>46069</v>
+      </c>
+      <c r="H100" s="122" t="s">
+        <v>98</v>
+      </c>
+      <c r="I100" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J100" s="122"/>
+      <c r="K100" s="124"/>
+      <c r="L100" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M100" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N100" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O100" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="101" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A101" s="122" t="s">
+        <v>626</v>
+      </c>
+      <c r="B101" s="122" t="s">
+        <v>445</v>
+      </c>
+      <c r="C101" s="122" t="s">
+        <v>446</v>
+      </c>
+      <c r="D101" s="122" t="s">
+        <v>447</v>
+      </c>
+      <c r="E101" s="150" t="s">
+        <v>448</v>
+      </c>
+      <c r="F101" s="122" t="s">
+        <v>449</v>
+      </c>
+      <c r="G101" s="123">
+        <v>46070</v>
+      </c>
+      <c r="H101" s="122" t="s">
+        <v>98</v>
+      </c>
+      <c r="I101" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J101" s="122"/>
+      <c r="K101" s="124"/>
+      <c r="L101" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M101" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N101" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O101" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="102" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A102" s="122" t="s">
+        <v>627</v>
+      </c>
+      <c r="B102" s="122" t="s">
+        <v>541</v>
+      </c>
+      <c r="C102" s="122" t="s">
+        <v>542</v>
+      </c>
+      <c r="D102" s="122" t="s">
+        <v>136</v>
+      </c>
+      <c r="E102" s="150" t="s">
+        <v>547</v>
+      </c>
+      <c r="F102" s="122" t="s">
+        <v>548</v>
+      </c>
+      <c r="G102" s="123">
+        <v>46070</v>
+      </c>
+      <c r="H102" s="122" t="s">
+        <v>98</v>
+      </c>
+      <c r="I102" s="122" t="s">
+        <v>187</v>
+      </c>
+      <c r="J102" s="122" t="s">
+        <v>114</v>
+      </c>
+      <c r="K102" s="124"/>
+      <c r="L102" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M102" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N102" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O102" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="103" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A103" s="122" t="s">
+        <v>628</v>
+      </c>
+      <c r="B103" s="122" t="s">
+        <v>137</v>
+      </c>
+      <c r="C103" s="122" t="s">
+        <v>138</v>
+      </c>
+      <c r="D103" s="122" t="s">
+        <v>121</v>
+      </c>
+      <c r="E103" s="150" t="s">
+        <v>139</v>
+      </c>
+      <c r="F103" s="122" t="s">
+        <v>140</v>
+      </c>
+      <c r="G103" s="123">
+        <v>46070</v>
+      </c>
+      <c r="H103" s="122" t="s">
+        <v>115</v>
+      </c>
+      <c r="I103" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J103" s="122"/>
+      <c r="K103" s="124"/>
+      <c r="L103" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M103" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N103" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O103" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="104" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A104" s="122" t="s">
+        <v>629</v>
+      </c>
+      <c r="B104" s="122" t="s">
+        <v>117</v>
+      </c>
+      <c r="C104" s="122" t="s">
+        <v>118</v>
+      </c>
+      <c r="D104" s="122" t="s">
+        <v>119</v>
+      </c>
+      <c r="E104" s="150" t="s">
+        <v>525</v>
+      </c>
+      <c r="F104" s="122" t="s">
+        <v>120</v>
+      </c>
+      <c r="G104" s="123">
+        <v>46070</v>
+      </c>
+      <c r="H104" s="122" t="s">
+        <v>89</v>
+      </c>
+      <c r="I104" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J104" s="122"/>
+      <c r="K104" s="124"/>
+      <c r="L104" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M104" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N104" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O104" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="105" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A105" s="122" t="s">
+        <v>630</v>
+      </c>
+      <c r="B105" s="122" t="s">
+        <v>193</v>
+      </c>
+      <c r="C105" s="122" t="s">
+        <v>194</v>
+      </c>
+      <c r="D105" s="122" t="s">
+        <v>195</v>
+      </c>
+      <c r="E105" s="150" t="s">
+        <v>196</v>
+      </c>
+      <c r="F105" s="122" t="s">
+        <v>197</v>
+      </c>
+      <c r="G105" s="123">
+        <v>46070</v>
+      </c>
+      <c r="H105" s="122" t="s">
+        <v>198</v>
+      </c>
+      <c r="I105" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J105" s="122"/>
+      <c r="K105" s="124"/>
+      <c r="L105" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M105" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N105" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O105" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="106" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A106" s="122" t="s">
+        <v>631</v>
+      </c>
+      <c r="B106" s="122" t="s">
+        <v>199</v>
+      </c>
+      <c r="C106" s="122" t="s">
+        <v>200</v>
+      </c>
+      <c r="D106" s="122" t="s">
+        <v>195</v>
+      </c>
+      <c r="E106" s="150" t="s">
+        <v>201</v>
+      </c>
+      <c r="F106" s="122" t="s">
+        <v>202</v>
+      </c>
+      <c r="G106" s="123">
+        <v>46070</v>
+      </c>
+      <c r="H106" s="122" t="s">
+        <v>186</v>
+      </c>
+      <c r="I106" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J106" s="122"/>
+      <c r="K106" s="124"/>
+      <c r="L106" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M106" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N106" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O106" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="107" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A107" s="122" t="s">
+        <v>632</v>
+      </c>
+      <c r="B107" s="122" t="s">
+        <v>337</v>
+      </c>
+      <c r="C107" s="122" t="s">
+        <v>338</v>
+      </c>
+      <c r="D107" s="122" t="s">
+        <v>330</v>
+      </c>
+      <c r="E107" s="150" t="s">
+        <v>371</v>
+      </c>
+      <c r="F107" s="122" t="s">
+        <v>372</v>
+      </c>
+      <c r="G107" s="123">
+        <v>46071</v>
+      </c>
+      <c r="H107" s="122" t="s">
+        <v>384</v>
+      </c>
+      <c r="I107" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J107" s="122"/>
+      <c r="K107" s="124"/>
+      <c r="L107" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M107" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N107" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O107" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="108" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A108" s="122" t="s">
+        <v>633</v>
+      </c>
+      <c r="B108" s="122" t="s">
+        <v>144</v>
+      </c>
+      <c r="C108" s="122" t="s">
+        <v>145</v>
+      </c>
+      <c r="D108" s="122" t="s">
+        <v>146</v>
+      </c>
+      <c r="E108" s="150" t="s">
+        <v>147</v>
+      </c>
+      <c r="F108" s="122" t="s">
+        <v>148</v>
+      </c>
+      <c r="G108" s="123">
+        <v>46071</v>
+      </c>
+      <c r="H108" s="122" t="s">
+        <v>98</v>
+      </c>
+      <c r="I108" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J108" s="122"/>
+      <c r="K108" s="124"/>
+      <c r="L108" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M108" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N108" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O108" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="109" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A109" s="122" t="s">
+        <v>634</v>
+      </c>
+      <c r="B109" s="122" t="s">
+        <v>84</v>
+      </c>
+      <c r="C109" s="122" t="s">
+        <v>85</v>
+      </c>
+      <c r="D109" s="122" t="s">
+        <v>86</v>
+      </c>
+      <c r="E109" s="150" t="s">
+        <v>87</v>
+      </c>
+      <c r="F109" s="122" t="s">
+        <v>88</v>
+      </c>
+      <c r="G109" s="123">
+        <v>46071</v>
+      </c>
+      <c r="H109" s="122" t="s">
+        <v>89</v>
+      </c>
+      <c r="I109" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J109" s="122"/>
+      <c r="K109" s="124"/>
+      <c r="L109" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M109" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N109" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O109" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="110" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A110" s="122" t="s">
+        <v>635</v>
+      </c>
+      <c r="B110" s="122" t="s">
+        <v>126</v>
+      </c>
+      <c r="C110" s="122" t="s">
+        <v>127</v>
+      </c>
+      <c r="D110" s="122" t="s">
+        <v>128</v>
+      </c>
+      <c r="E110" s="150" t="s">
+        <v>129</v>
+      </c>
+      <c r="F110" s="122" t="s">
+        <v>130</v>
+      </c>
+      <c r="G110" s="123">
+        <v>46070</v>
+      </c>
+      <c r="H110" s="122" t="s">
+        <v>89</v>
+      </c>
+      <c r="I110" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J110" s="122"/>
+      <c r="K110" s="124"/>
+      <c r="L110" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M110" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N110" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O110" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="111" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A111" s="122" t="s">
+        <v>636</v>
+      </c>
+      <c r="B111" s="122" t="s">
+        <v>141</v>
+      </c>
+      <c r="C111" s="122" t="s">
+        <v>142</v>
+      </c>
+      <c r="D111" s="122" t="s">
+        <v>128</v>
+      </c>
+      <c r="E111" s="150" t="s">
+        <v>644</v>
+      </c>
+      <c r="F111" s="122" t="s">
+        <v>143</v>
+      </c>
+      <c r="G111" s="123">
+        <v>46070</v>
+      </c>
+      <c r="H111" s="122" t="s">
+        <v>89</v>
+      </c>
+      <c r="I111" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J111" s="122"/>
+      <c r="K111" s="124"/>
+      <c r="L111" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M111" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N111" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O111" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="112" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A112" s="122" t="s">
+        <v>637</v>
+      </c>
+      <c r="B112" s="122" t="s">
+        <v>479</v>
+      </c>
+      <c r="C112" s="122" t="s">
+        <v>480</v>
+      </c>
+      <c r="D112" s="122" t="s">
+        <v>136</v>
+      </c>
+      <c r="E112" s="150" t="s">
+        <v>481</v>
+      </c>
+      <c r="F112" s="122" t="s">
+        <v>482</v>
+      </c>
+      <c r="G112" s="123">
+        <v>46071</v>
+      </c>
+      <c r="H112" s="122" t="s">
+        <v>89</v>
+      </c>
+      <c r="I112" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J112" s="122"/>
+      <c r="K112" s="124"/>
+      <c r="L112" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M112" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N112" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O112" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="113" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A113" s="122" t="s">
+        <v>638</v>
+      </c>
+      <c r="B113" s="122" t="s">
+        <v>484</v>
+      </c>
+      <c r="C113" s="122" t="s">
+        <v>485</v>
+      </c>
+      <c r="D113" s="122" t="s">
+        <v>136</v>
+      </c>
+      <c r="E113" s="150" t="s">
+        <v>486</v>
+      </c>
+      <c r="F113" s="122" t="s">
+        <v>487</v>
+      </c>
+      <c r="G113" s="123">
+        <v>46071</v>
+      </c>
+      <c r="H113" s="122" t="s">
+        <v>89</v>
+      </c>
+      <c r="I113" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J113" s="122"/>
+      <c r="K113" s="124"/>
+      <c r="L113" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M113" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N113" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O113" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="114" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A114" s="122" t="s">
+        <v>639</v>
+      </c>
+      <c r="B114" s="122" t="s">
+        <v>398</v>
+      </c>
+      <c r="C114" s="122" t="s">
+        <v>399</v>
+      </c>
+      <c r="D114" s="122" t="s">
+        <v>400</v>
+      </c>
+      <c r="E114" s="150" t="s">
+        <v>645</v>
+      </c>
+      <c r="F114" s="122" t="s">
+        <v>424</v>
+      </c>
+      <c r="G114" s="123">
+        <v>46071</v>
+      </c>
+      <c r="H114" s="122" t="s">
+        <v>98</v>
+      </c>
+      <c r="I114" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J114" s="122"/>
+      <c r="K114" s="124"/>
+      <c r="L114" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M114" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N114" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O114" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="115" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A115" s="122" t="s">
+        <v>640</v>
+      </c>
+      <c r="B115" s="122" t="s">
+        <v>409</v>
+      </c>
+      <c r="C115" s="122" t="s">
+        <v>641</v>
+      </c>
+      <c r="D115" s="122" t="s">
+        <v>407</v>
+      </c>
+      <c r="E115" s="150" t="s">
+        <v>646</v>
+      </c>
+      <c r="F115" s="122" t="s">
+        <v>426</v>
+      </c>
+      <c r="G115" s="123">
+        <v>46071</v>
+      </c>
+      <c r="H115" s="122" t="s">
+        <v>89</v>
+      </c>
+      <c r="I115" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J115" s="122"/>
+      <c r="K115" s="124"/>
+      <c r="L115" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M115" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N115" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O115" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="116" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A116" s="122" t="s">
+        <v>671</v>
+      </c>
+      <c r="B116" s="122" t="s">
+        <v>489</v>
+      </c>
+      <c r="C116" s="122" t="s">
+        <v>495</v>
+      </c>
+      <c r="D116" s="122" t="s">
+        <v>527</v>
+      </c>
+      <c r="E116" s="150" t="s">
+        <v>496</v>
+      </c>
+      <c r="F116" s="122" t="s">
+        <v>497</v>
+      </c>
+      <c r="G116" s="123">
+        <v>46076</v>
+      </c>
+      <c r="H116" s="122" t="s">
+        <v>112</v>
+      </c>
+      <c r="I116" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J116" s="122"/>
+      <c r="K116" s="124"/>
+      <c r="L116" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M116" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N116" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O116" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="117" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A117" s="122" t="s">
+        <v>672</v>
+      </c>
+      <c r="B117" s="122" t="s">
+        <v>102</v>
+      </c>
+      <c r="C117" s="122" t="s">
+        <v>103</v>
+      </c>
+      <c r="D117" s="122" t="s">
+        <v>104</v>
+      </c>
+      <c r="E117" s="150" t="s">
+        <v>105</v>
+      </c>
+      <c r="F117" s="122" t="s">
+        <v>106</v>
+      </c>
+      <c r="G117" s="123">
+        <v>46078</v>
+      </c>
+      <c r="H117" s="122" t="s">
+        <v>98</v>
+      </c>
+      <c r="I117" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J117" s="122"/>
+      <c r="K117" s="124"/>
+      <c r="L117" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M117" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N117" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O117" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="118" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A118" s="122" t="s">
+        <v>673</v>
+      </c>
+      <c r="B118" s="122" t="s">
+        <v>537</v>
+      </c>
+      <c r="C118" s="122" t="s">
+        <v>538</v>
+      </c>
+      <c r="D118" s="122" t="s">
+        <v>161</v>
+      </c>
+      <c r="E118" s="150" t="s">
+        <v>543</v>
+      </c>
+      <c r="F118" s="122" t="s">
+        <v>544</v>
+      </c>
+      <c r="G118" s="123">
+        <v>46078</v>
+      </c>
+      <c r="H118" s="122" t="s">
+        <v>89</v>
+      </c>
+      <c r="I118" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J118" s="122"/>
+      <c r="K118" s="124"/>
+      <c r="L118" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M118" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N118" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O118" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="119" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A119" s="122" t="s">
+        <v>674</v>
+      </c>
+      <c r="B119" s="122" t="s">
+        <v>160</v>
+      </c>
+      <c r="C119" s="122" t="s">
+        <v>221</v>
+      </c>
+      <c r="D119" s="122" t="s">
+        <v>161</v>
+      </c>
+      <c r="E119" s="150" t="s">
+        <v>545</v>
+      </c>
+      <c r="F119" s="122" t="s">
+        <v>546</v>
+      </c>
+      <c r="G119" s="123">
+        <v>46078</v>
+      </c>
+      <c r="H119" s="122" t="s">
+        <v>98</v>
+      </c>
+      <c r="I119" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J119" s="122"/>
+      <c r="K119" s="124"/>
+      <c r="L119" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M119" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N119" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O119" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="120" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A120" s="122" t="s">
+        <v>675</v>
+      </c>
+      <c r="B120" s="122" t="s">
+        <v>122</v>
+      </c>
+      <c r="C120" s="122" t="s">
+        <v>123</v>
+      </c>
+      <c r="D120" s="122" t="s">
+        <v>121</v>
+      </c>
+      <c r="E120" s="150" t="s">
+        <v>124</v>
+      </c>
+      <c r="F120" s="122" t="s">
+        <v>125</v>
+      </c>
+      <c r="G120" s="123">
+        <v>46078</v>
+      </c>
+      <c r="H120" s="122" t="s">
+        <v>115</v>
+      </c>
+      <c r="I120" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J120" s="122"/>
+      <c r="K120" s="124"/>
+      <c r="L120" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M120" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N120" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O120" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="121" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A121" s="122" t="s">
+        <v>676</v>
+      </c>
+      <c r="B121" s="122" t="s">
+        <v>518</v>
+      </c>
+      <c r="C121" s="122" t="s">
+        <v>452</v>
+      </c>
+      <c r="D121" s="122" t="s">
+        <v>330</v>
+      </c>
+      <c r="E121" s="150" t="s">
+        <v>453</v>
+      </c>
+      <c r="F121" s="122" t="s">
+        <v>454</v>
+      </c>
+      <c r="G121" s="123">
+        <v>46078</v>
+      </c>
+      <c r="H121" s="122" t="s">
+        <v>98</v>
+      </c>
+      <c r="I121" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J121" s="122"/>
+      <c r="K121" s="124"/>
+      <c r="L121" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M121" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N121" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O121" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="122" spans="1:15" s="127" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A122" s="122" t="s">
+        <v>677</v>
+      </c>
+      <c r="B122" s="122" t="s">
+        <v>348</v>
+      </c>
+      <c r="C122" s="122" t="s">
+        <v>349</v>
+      </c>
+      <c r="D122" s="122" t="s">
+        <v>350</v>
+      </c>
+      <c r="E122" s="150" t="s">
+        <v>377</v>
+      </c>
+      <c r="F122" s="122" t="s">
+        <v>378</v>
+      </c>
+      <c r="G122" s="123">
+        <v>46078</v>
+      </c>
+      <c r="H122" s="122" t="s">
+        <v>89</v>
+      </c>
+      <c r="I122" s="122" t="s">
+        <v>90</v>
+      </c>
+      <c r="J122" s="122"/>
+      <c r="K122" s="124"/>
+      <c r="L122" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="M122" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="N122" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="O122" s="126" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="123" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A123" s="100"/>
+      <c r="B123" s="100"/>
+      <c r="C123" s="100"/>
+      <c r="D123" s="100"/>
+      <c r="E123" s="100"/>
+      <c r="F123" s="100"/>
+      <c r="G123" s="101"/>
+      <c r="H123" s="100"/>
+      <c r="I123" s="100"/>
+      <c r="J123" s="100"/>
+      <c r="K123" s="102"/>
+      <c r="L123" s="103"/>
+      <c r="M123" s="103"/>
+      <c r="N123" s="103"/>
+      <c r="O123" s="104"/>
+    </row>
+    <row r="124" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A124" s="96" t="s">
         <v>299</v>
       </c>
-      <c r="B82" s="95"/>
-[...32 lines deleted...]
-      <c r="A84" s="95" t="s">
+      <c r="B124" s="95"/>
+      <c r="C124"/>
+      <c r="D124"/>
+      <c r="E124"/>
+      <c r="F124"/>
+      <c r="G124"/>
+      <c r="H124"/>
+      <c r="I124"/>
+      <c r="J124"/>
+      <c r="K124"/>
+      <c r="L124"/>
+      <c r="M124"/>
+      <c r="N124"/>
+      <c r="O124"/>
+    </row>
+    <row r="125" spans="1:15" ht="15" x14ac:dyDescent="0.2">
+      <c r="A125" s="95"/>
+      <c r="B125" s="95"/>
+      <c r="C125"/>
+      <c r="D125"/>
+      <c r="E125"/>
+      <c r="F125"/>
+      <c r="G125"/>
+      <c r="H125"/>
+      <c r="I125"/>
+      <c r="J125"/>
+      <c r="K125"/>
+      <c r="L125"/>
+      <c r="M125"/>
+      <c r="N125"/>
+      <c r="O125"/>
+    </row>
+    <row r="126" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A126" s="95" t="s">
         <v>300</v>
       </c>
-      <c r="B84" s="95"/>
-[...15 lines deleted...]
-      <c r="A85" s="95" t="s">
+      <c r="B126" s="95"/>
+      <c r="C126"/>
+      <c r="D126"/>
+      <c r="E126"/>
+      <c r="F126"/>
+      <c r="G126"/>
+      <c r="H126"/>
+      <c r="I126"/>
+      <c r="J126"/>
+      <c r="K126"/>
+      <c r="L126"/>
+      <c r="M126"/>
+      <c r="N126"/>
+      <c r="O126"/>
+    </row>
+    <row r="127" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A127" s="95" t="s">
         <v>301</v>
       </c>
-      <c r="B85" s="95"/>
-[...15 lines deleted...]
-      <c r="A86" s="95" t="s">
+      <c r="B127" s="95"/>
+      <c r="C127"/>
+      <c r="D127"/>
+      <c r="E127"/>
+      <c r="F127"/>
+      <c r="G127"/>
+      <c r="H127"/>
+      <c r="I127"/>
+      <c r="J127"/>
+      <c r="K127"/>
+      <c r="L127"/>
+      <c r="M127"/>
+      <c r="N127"/>
+      <c r="O127"/>
+    </row>
+    <row r="128" spans="1:15" ht="15" x14ac:dyDescent="0.2">
+      <c r="A128" s="95" t="s">
         <v>302</v>
       </c>
-      <c r="B86" s="95"/>
-[...15 lines deleted...]
-      <c r="A87" s="95" t="s">
+      <c r="B128" s="95"/>
+      <c r="C128"/>
+      <c r="D128"/>
+      <c r="E128"/>
+      <c r="F128"/>
+      <c r="G128"/>
+      <c r="H128"/>
+      <c r="I128"/>
+      <c r="J128"/>
+      <c r="K128"/>
+      <c r="L128"/>
+      <c r="M128"/>
+      <c r="N128"/>
+      <c r="O128"/>
+    </row>
+    <row r="129" spans="1:15" ht="15" x14ac:dyDescent="0.2">
+      <c r="A129" s="95" t="s">
         <v>303</v>
       </c>
-      <c r="B87" s="95"/>
-[...15 lines deleted...]
-      <c r="A88" s="95" t="s">
+      <c r="B129" s="95"/>
+      <c r="C129"/>
+      <c r="D129"/>
+      <c r="E129"/>
+      <c r="F129"/>
+      <c r="G129"/>
+      <c r="H129"/>
+      <c r="I129"/>
+      <c r="J129"/>
+      <c r="K129"/>
+      <c r="L129"/>
+      <c r="M129"/>
+      <c r="N129"/>
+      <c r="O129"/>
+    </row>
+    <row r="130" spans="1:15" ht="15" x14ac:dyDescent="0.2">
+      <c r="A130" s="95" t="s">
         <v>304</v>
       </c>
-      <c r="B88" s="95"/>
-[...15 lines deleted...]
-      <c r="A89" s="95" t="s">
+      <c r="B130" s="95"/>
+      <c r="C130"/>
+      <c r="D130"/>
+      <c r="E130"/>
+      <c r="F130"/>
+      <c r="G130"/>
+      <c r="H130"/>
+      <c r="I130"/>
+      <c r="J130"/>
+      <c r="K130"/>
+      <c r="L130"/>
+      <c r="M130"/>
+      <c r="N130"/>
+      <c r="O130"/>
+    </row>
+    <row r="131" spans="1:15" ht="15" x14ac:dyDescent="0.2">
+      <c r="A131" s="95" t="s">
         <v>305</v>
       </c>
-      <c r="B89" s="95"/>
-[...15 lines deleted...]
-      <c r="A90" s="95" t="s">
+      <c r="B131" s="95"/>
+      <c r="C131"/>
+      <c r="D131"/>
+      <c r="E131"/>
+      <c r="F131"/>
+      <c r="G131"/>
+      <c r="H131"/>
+      <c r="I131"/>
+      <c r="J131"/>
+      <c r="K131"/>
+      <c r="L131"/>
+      <c r="M131"/>
+      <c r="N131"/>
+      <c r="O131"/>
+    </row>
+    <row r="132" spans="1:15" ht="15" x14ac:dyDescent="0.2">
+      <c r="A132" s="95" t="s">
         <v>306</v>
       </c>
-      <c r="B90" s="95"/>
-[...15 lines deleted...]
-      <c r="A91" s="97" t="s">
+      <c r="B132" s="95"/>
+      <c r="C132"/>
+      <c r="D132"/>
+      <c r="E132"/>
+      <c r="F132"/>
+      <c r="G132"/>
+      <c r="H132"/>
+      <c r="I132"/>
+      <c r="J132"/>
+      <c r="K132"/>
+      <c r="L132"/>
+      <c r="M132"/>
+      <c r="N132"/>
+      <c r="O132"/>
+    </row>
+    <row r="133" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A133" s="97" t="s">
         <v>307</v>
       </c>
-      <c r="B91" s="95" t="s">
+      <c r="B133" s="95" t="s">
         <v>308</v>
       </c>
-      <c r="C91"/>
-[...14 lines deleted...]
-      <c r="A92" s="98" t="s">
+      <c r="C133"/>
+      <c r="D133"/>
+      <c r="E133"/>
+      <c r="F133"/>
+      <c r="G133"/>
+      <c r="H133"/>
+      <c r="I133"/>
+      <c r="J133"/>
+      <c r="K133"/>
+      <c r="L133"/>
+      <c r="M133"/>
+      <c r="N133"/>
+      <c r="O133"/>
+    </row>
+    <row r="134" spans="1:15" ht="15" x14ac:dyDescent="0.2">
+      <c r="A134" s="98" t="s">
         <v>307</v>
       </c>
-      <c r="B92" s="95" t="s">
+      <c r="B134" s="95" t="s">
         <v>309</v>
       </c>
-      <c r="C92"/>
-[...14 lines deleted...]
-      <c r="A93" s="99" t="s">
+      <c r="C134"/>
+      <c r="D134"/>
+      <c r="E134"/>
+      <c r="F134"/>
+      <c r="G134"/>
+      <c r="H134"/>
+      <c r="I134"/>
+      <c r="J134"/>
+      <c r="K134"/>
+      <c r="L134"/>
+      <c r="M134"/>
+      <c r="N134"/>
+      <c r="O134"/>
+    </row>
+    <row r="135" spans="1:15" ht="15" x14ac:dyDescent="0.2">
+      <c r="A135" s="99" t="s">
         <v>307</v>
       </c>
-      <c r="B93" s="95" t="s">
+      <c r="B135" s="95" t="s">
         <v>310</v>
       </c>
-      <c r="C93"/>
-[...11 lines deleted...]
-      <c r="O93"/>
+      <c r="C135"/>
+      <c r="D135"/>
+      <c r="E135"/>
+      <c r="F135"/>
+      <c r="G135"/>
+      <c r="H135"/>
+      <c r="I135"/>
+      <c r="J135"/>
+      <c r="K135"/>
+      <c r="L135"/>
+      <c r="M135"/>
+      <c r="N135"/>
+      <c r="O135"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="57" fitToWidth="2" fitToHeight="3" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;LVersion 8
 &amp;D
 &amp;F&amp;CCefas Laboratory, Barrack Road, The Nothe, Weymouth, Dorset, DT4 8UB</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:N78"/>
+  <dimension ref="A1:N120"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="F76" sqref="F76"/>
+    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A88" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="D134" sqref="D134"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="17.5703125" style="60" customWidth="1"/>
     <col min="2" max="2" width="29.7109375" style="60" customWidth="1"/>
     <col min="3" max="3" width="9.42578125" style="60" customWidth="1"/>
     <col min="4" max="4" width="48.140625" style="60" customWidth="1"/>
     <col min="5" max="5" width="19" style="60" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41" style="60" customWidth="1"/>
     <col min="7" max="7" width="16.5703125" style="61" customWidth="1"/>
     <col min="8" max="8" width="15.42578125" style="67" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="14" style="67" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="17.5703125" style="67" customWidth="1"/>
     <col min="11" max="11" width="15.7109375" style="66" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="17.5703125" style="66" customWidth="1"/>
     <col min="13" max="13" width="18" style="66" customWidth="1"/>
     <col min="14" max="14" width="19.42578125" style="66" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="94" t="s">
         <v>312</v>
       </c>
       <c r="H1" s="66"/>
@@ -10190,736 +12309,2584 @@
         <v>46050</v>
       </c>
       <c r="H56" s="134" t="s">
         <v>90</v>
       </c>
       <c r="I56" s="134" t="s">
         <v>90</v>
       </c>
       <c r="J56" s="134" t="s">
         <v>90</v>
       </c>
       <c r="K56" s="134" t="s">
         <v>90</v>
       </c>
       <c r="L56" s="135" t="s">
         <v>90</v>
       </c>
       <c r="M56" s="135" t="s">
         <v>90</v>
       </c>
       <c r="N56" s="135" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="57" spans="1:14" s="10" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="141" t="s">
+      <c r="A57" s="136" t="s">
         <v>553</v>
       </c>
-      <c r="B57" s="141" t="s">
+      <c r="B57" s="136" t="s">
         <v>159</v>
       </c>
-      <c r="C57" s="141" t="s">
+      <c r="C57" s="136" t="s">
         <v>94</v>
       </c>
-      <c r="D57" s="141" t="s">
+      <c r="D57" s="136" t="s">
         <v>95</v>
       </c>
-      <c r="E57" s="142" t="s">
+      <c r="E57" s="137" t="s">
         <v>96</v>
       </c>
-      <c r="F57" s="141" t="s">
+      <c r="F57" s="136" t="s">
         <v>97</v>
       </c>
       <c r="G57" s="114">
         <v>46055.524305555555</v>
       </c>
-      <c r="H57" s="143" t="s">
-[...17 lines deleted...]
-      <c r="N57" s="144" t="s">
+      <c r="H57" s="138" t="s">
+        <v>90</v>
+      </c>
+      <c r="I57" s="138" t="s">
+        <v>90</v>
+      </c>
+      <c r="J57" s="138" t="s">
+        <v>90</v>
+      </c>
+      <c r="K57" s="138" t="s">
+        <v>90</v>
+      </c>
+      <c r="L57" s="139" t="s">
+        <v>90</v>
+      </c>
+      <c r="M57" s="139" t="s">
+        <v>90</v>
+      </c>
+      <c r="N57" s="139" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="58" spans="1:14" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="141" t="s">
+      <c r="A58" s="136" t="s">
         <v>554</v>
       </c>
-      <c r="B58" s="141" t="s">
+      <c r="B58" s="136" t="s">
         <v>107</v>
       </c>
-      <c r="C58" s="141" t="s">
+      <c r="C58" s="136" t="s">
         <v>456</v>
       </c>
-      <c r="D58" s="141" t="s">
+      <c r="D58" s="136" t="s">
         <v>457</v>
       </c>
-      <c r="E58" s="145" t="s">
+      <c r="E58" s="140" t="s">
         <v>458</v>
       </c>
-      <c r="F58" s="141" t="s">
+      <c r="F58" s="136" t="s">
         <v>459</v>
       </c>
       <c r="G58" s="114">
         <v>46055.515277777777</v>
       </c>
-      <c r="H58" s="146" t="s">
+      <c r="H58" s="141" t="s">
         <v>165</v>
       </c>
-      <c r="I58" s="147" t="s">
+      <c r="I58" s="142" t="s">
         <v>165</v>
       </c>
-      <c r="J58" s="147" t="s">
+      <c r="J58" s="142" t="s">
         <v>165</v>
       </c>
-      <c r="K58" s="147" t="s">
+      <c r="K58" s="142" t="s">
         <v>165</v>
       </c>
-      <c r="L58" s="148" t="s">
+      <c r="L58" s="143" t="s">
         <v>165</v>
       </c>
-      <c r="M58" s="148" t="s">
+      <c r="M58" s="143" t="s">
         <v>165</v>
       </c>
-      <c r="N58" s="149" t="s">
+      <c r="N58" s="144" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="59" spans="1:14" s="10" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="141" t="s">
+      <c r="A59" s="136" t="s">
         <v>555</v>
       </c>
-      <c r="B59" s="141" t="s">
+      <c r="B59" s="136" t="s">
         <v>465</v>
       </c>
-      <c r="C59" s="141" t="s">
+      <c r="C59" s="136" t="s">
         <v>466</v>
       </c>
-      <c r="D59" s="141" t="s">
+      <c r="D59" s="136" t="s">
         <v>467</v>
       </c>
-      <c r="E59" s="145" t="s">
+      <c r="E59" s="140" t="s">
         <v>468</v>
       </c>
-      <c r="F59" s="141" t="s">
+      <c r="F59" s="136" t="s">
         <v>469</v>
       </c>
       <c r="G59" s="114">
         <v>46056.416666666664</v>
       </c>
-      <c r="H59" s="143" t="s">
-[...17 lines deleted...]
-      <c r="N59" s="144" t="s">
+      <c r="H59" s="138" t="s">
+        <v>90</v>
+      </c>
+      <c r="I59" s="138" t="s">
+        <v>90</v>
+      </c>
+      <c r="J59" s="138" t="s">
+        <v>90</v>
+      </c>
+      <c r="K59" s="138" t="s">
+        <v>90</v>
+      </c>
+      <c r="L59" s="139" t="s">
+        <v>90</v>
+      </c>
+      <c r="M59" s="139" t="s">
+        <v>90</v>
+      </c>
+      <c r="N59" s="139" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="60" spans="1:14" s="10" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="141" t="s">
+      <c r="A60" s="136" t="s">
         <v>556</v>
       </c>
-      <c r="B60" s="141" t="s">
+      <c r="B60" s="136" t="s">
         <v>107</v>
       </c>
-      <c r="C60" s="141" t="s">
+      <c r="C60" s="136" t="s">
         <v>108</v>
       </c>
-      <c r="D60" s="141" t="s">
+      <c r="D60" s="136" t="s">
         <v>387</v>
       </c>
-      <c r="E60" s="145" t="s">
+      <c r="E60" s="140" t="s">
         <v>461</v>
       </c>
-      <c r="F60" s="141" t="s">
+      <c r="F60" s="136" t="s">
         <v>462</v>
       </c>
       <c r="G60" s="114">
         <v>46055.388888888891</v>
       </c>
-      <c r="H60" s="143" t="s">
-[...17 lines deleted...]
-      <c r="N60" s="144" t="s">
+      <c r="H60" s="138" t="s">
+        <v>90</v>
+      </c>
+      <c r="I60" s="138" t="s">
+        <v>90</v>
+      </c>
+      <c r="J60" s="138" t="s">
+        <v>90</v>
+      </c>
+      <c r="K60" s="138" t="s">
+        <v>90</v>
+      </c>
+      <c r="L60" s="139" t="s">
+        <v>90</v>
+      </c>
+      <c r="M60" s="139" t="s">
+        <v>90</v>
+      </c>
+      <c r="N60" s="139" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="61" spans="1:14" s="10" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="141" t="s">
+      <c r="A61" s="136" t="s">
         <v>557</v>
       </c>
-      <c r="B61" s="141" t="s">
+      <c r="B61" s="136" t="s">
         <v>226</v>
       </c>
-      <c r="C61" s="141" t="s">
+      <c r="C61" s="136" t="s">
         <v>558</v>
       </c>
-      <c r="D61" s="141" t="s">
+      <c r="D61" s="136" t="s">
         <v>225</v>
       </c>
-      <c r="E61" s="145" t="s">
+      <c r="E61" s="140" t="s">
         <v>227</v>
       </c>
-      <c r="F61" s="141" t="s">
+      <c r="F61" s="136" t="s">
         <v>231</v>
       </c>
       <c r="G61" s="114">
         <v>46057.538194444445</v>
       </c>
-      <c r="H61" s="143" t="s">
-[...22 lines deleted...]
-      <c r="A62" s="150" t="s">
+      <c r="H61" s="138" t="s">
+        <v>90</v>
+      </c>
+      <c r="I61" s="138" t="s">
+        <v>90</v>
+      </c>
+      <c r="J61" s="138" t="s">
+        <v>90</v>
+      </c>
+      <c r="K61" s="138" t="s">
+        <v>90</v>
+      </c>
+      <c r="L61" s="139" t="s">
+        <v>90</v>
+      </c>
+      <c r="M61" s="139" t="s">
+        <v>90</v>
+      </c>
+      <c r="N61" s="139" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="62" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A62" s="145" t="s">
         <v>559</v>
       </c>
-      <c r="B62" s="150" t="s">
+      <c r="B62" s="145" t="s">
         <v>471</v>
       </c>
-      <c r="C62" s="150" t="s">
+      <c r="C62" s="145" t="s">
         <v>472</v>
       </c>
-      <c r="D62" s="150" t="s">
+      <c r="D62" s="145" t="s">
         <v>473</v>
       </c>
-      <c r="E62" s="151" t="s">
+      <c r="E62" s="146" t="s">
         <v>474</v>
       </c>
-      <c r="F62" s="150" t="s">
+      <c r="F62" s="145" t="s">
         <v>475</v>
       </c>
       <c r="G62" s="117">
         <v>46054</v>
       </c>
-      <c r="H62" s="152" t="s">
-[...22 lines deleted...]
-      <c r="A63" s="150" t="s">
+      <c r="H62" s="147" t="s">
+        <v>90</v>
+      </c>
+      <c r="I62" s="147" t="s">
+        <v>90</v>
+      </c>
+      <c r="J62" s="147" t="s">
+        <v>90</v>
+      </c>
+      <c r="K62" s="147" t="s">
+        <v>90</v>
+      </c>
+      <c r="L62" s="148" t="s">
+        <v>90</v>
+      </c>
+      <c r="M62" s="148" t="s">
+        <v>90</v>
+      </c>
+      <c r="N62" s="148" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="63" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A63" s="145" t="s">
         <v>560</v>
       </c>
-      <c r="B63" s="150" t="s">
+      <c r="B63" s="145" t="s">
         <v>163</v>
       </c>
-      <c r="C63" s="150" t="s">
+      <c r="C63" s="145" t="s">
         <v>354</v>
       </c>
-      <c r="D63" s="150" t="s">
+      <c r="D63" s="145" t="s">
         <v>136</v>
       </c>
-      <c r="E63" s="151" t="s">
+      <c r="E63" s="146" t="s">
         <v>380</v>
       </c>
-      <c r="F63" s="150" t="s">
+      <c r="F63" s="145" t="s">
         <v>381</v>
       </c>
       <c r="G63" s="117">
         <v>46055</v>
       </c>
-      <c r="H63" s="152" t="s">
-[...22 lines deleted...]
-      <c r="A64" s="150" t="s">
+      <c r="H63" s="147" t="s">
+        <v>90</v>
+      </c>
+      <c r="I63" s="147" t="s">
+        <v>90</v>
+      </c>
+      <c r="J63" s="147" t="s">
+        <v>90</v>
+      </c>
+      <c r="K63" s="147" t="s">
+        <v>90</v>
+      </c>
+      <c r="L63" s="148" t="s">
+        <v>90</v>
+      </c>
+      <c r="M63" s="148" t="s">
+        <v>90</v>
+      </c>
+      <c r="N63" s="148" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="64" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A64" s="145" t="s">
         <v>561</v>
       </c>
-      <c r="B64" s="150" t="s">
+      <c r="B64" s="145" t="s">
         <v>190</v>
       </c>
-      <c r="C64" s="150" t="s">
+      <c r="C64" s="145" t="s">
         <v>191</v>
       </c>
-      <c r="D64" s="150" t="s">
+      <c r="D64" s="145" t="s">
         <v>185</v>
       </c>
-      <c r="E64" s="151" t="s">
+      <c r="E64" s="146" t="s">
         <v>209</v>
       </c>
-      <c r="F64" s="150" t="s">
+      <c r="F64" s="145" t="s">
         <v>192</v>
       </c>
       <c r="G64" s="117">
         <v>46056</v>
       </c>
-      <c r="H64" s="152" t="s">
-[...22 lines deleted...]
-      <c r="A65" s="150" t="s">
+      <c r="H64" s="147" t="s">
+        <v>90</v>
+      </c>
+      <c r="I64" s="147" t="s">
+        <v>90</v>
+      </c>
+      <c r="J64" s="147" t="s">
+        <v>90</v>
+      </c>
+      <c r="K64" s="147" t="s">
+        <v>90</v>
+      </c>
+      <c r="L64" s="148" t="s">
+        <v>90</v>
+      </c>
+      <c r="M64" s="148" t="s">
+        <v>90</v>
+      </c>
+      <c r="N64" s="148" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="65" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A65" s="145" t="s">
         <v>562</v>
       </c>
-      <c r="B65" s="150" t="s">
+      <c r="B65" s="145" t="s">
         <v>563</v>
       </c>
-      <c r="C65" s="150" t="s">
+      <c r="C65" s="145" t="s">
         <v>564</v>
       </c>
-      <c r="D65" s="150" t="s">
+      <c r="D65" s="145" t="s">
         <v>565</v>
       </c>
-      <c r="E65" s="151" t="s">
+      <c r="E65" s="146" t="s">
         <v>566</v>
       </c>
-      <c r="F65" s="150" t="s">
+      <c r="F65" s="145" t="s">
         <v>567</v>
       </c>
       <c r="G65" s="117">
         <v>46057</v>
       </c>
-      <c r="H65" s="152" t="s">
-[...22 lines deleted...]
-      <c r="A66" s="150" t="s">
+      <c r="H65" s="147" t="s">
+        <v>90</v>
+      </c>
+      <c r="I65" s="147" t="s">
+        <v>90</v>
+      </c>
+      <c r="J65" s="147" t="s">
+        <v>90</v>
+      </c>
+      <c r="K65" s="147" t="s">
+        <v>90</v>
+      </c>
+      <c r="L65" s="148" t="s">
+        <v>90</v>
+      </c>
+      <c r="M65" s="148" t="s">
+        <v>90</v>
+      </c>
+      <c r="N65" s="148" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="66" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A66" s="145" t="s">
         <v>568</v>
       </c>
-      <c r="B66" s="150" t="s">
+      <c r="B66" s="145" t="s">
         <v>321</v>
       </c>
-      <c r="C66" s="150" t="s">
+      <c r="C66" s="145" t="s">
         <v>322</v>
       </c>
-      <c r="D66" s="150" t="s">
+      <c r="D66" s="145" t="s">
         <v>323</v>
       </c>
-      <c r="E66" s="151" t="s">
+      <c r="E66" s="146" t="s">
         <v>477</v>
       </c>
-      <c r="F66" s="150" t="s">
+      <c r="F66" s="145" t="s">
         <v>364</v>
       </c>
       <c r="G66" s="117">
         <v>46058</v>
       </c>
-      <c r="H66" s="152" t="s">
-[...22 lines deleted...]
-      <c r="A67" s="150" t="s">
+      <c r="H66" s="147" t="s">
+        <v>90</v>
+      </c>
+      <c r="I66" s="147" t="s">
+        <v>90</v>
+      </c>
+      <c r="J66" s="147" t="s">
+        <v>90</v>
+      </c>
+      <c r="K66" s="147" t="s">
+        <v>90</v>
+      </c>
+      <c r="L66" s="148" t="s">
+        <v>90</v>
+      </c>
+      <c r="M66" s="148" t="s">
+        <v>90</v>
+      </c>
+      <c r="N66" s="148" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="67" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A67" s="151" t="s">
         <v>569</v>
       </c>
-      <c r="B67" s="150" t="s">
+      <c r="B67" s="151" t="s">
         <v>163</v>
       </c>
-      <c r="C67" s="150" t="s">
+      <c r="C67" s="151" t="s">
         <v>207</v>
       </c>
-      <c r="D67" s="150" t="s">
+      <c r="D67" s="151" t="s">
         <v>136</v>
       </c>
-      <c r="E67" s="151" t="s">
+      <c r="E67" s="153" t="s">
         <v>235</v>
       </c>
-      <c r="F67" s="150" t="s">
+      <c r="F67" s="151" t="s">
         <v>208</v>
       </c>
-      <c r="G67" s="117">
+      <c r="G67" s="130">
         <v>46057</v>
       </c>
-      <c r="H67" s="152" t="s">
-[...8 lines deleted...]
-      <c r="K67" s="118">
+      <c r="H67" s="155" t="s">
+        <v>90</v>
+      </c>
+      <c r="I67" s="155" t="s">
+        <v>90</v>
+      </c>
+      <c r="J67" s="155" t="s">
+        <v>90</v>
+      </c>
+      <c r="K67" s="132">
         <v>600</v>
       </c>
-      <c r="L67" s="153" t="s">
-[...26 lines deleted...]
-      <c r="A69" s="87" t="s">
+      <c r="L67" s="156" t="s">
+        <v>90</v>
+      </c>
+      <c r="M67" s="156" t="s">
+        <v>90</v>
+      </c>
+      <c r="N67" s="156" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="68" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A68" s="152" t="s">
+        <v>603</v>
+      </c>
+      <c r="B68" s="152" t="s">
+        <v>99</v>
+      </c>
+      <c r="C68" s="152" t="s">
+        <v>386</v>
+      </c>
+      <c r="D68" s="152" t="s">
+        <v>387</v>
+      </c>
+      <c r="E68" s="154" t="s">
+        <v>413</v>
+      </c>
+      <c r="F68" s="152" t="s">
+        <v>101</v>
+      </c>
+      <c r="G68" s="131">
+        <v>46062</v>
+      </c>
+      <c r="H68" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I68" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J68" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K68" s="134">
+        <v>1600</v>
+      </c>
+      <c r="L68" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M68" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N68" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="69" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A69" s="152" t="s">
+        <v>604</v>
+      </c>
+      <c r="B69" s="152" t="s">
+        <v>99</v>
+      </c>
+      <c r="C69" s="152" t="s">
+        <v>389</v>
+      </c>
+      <c r="D69" s="152" t="s">
+        <v>387</v>
+      </c>
+      <c r="E69" s="154" t="s">
+        <v>414</v>
+      </c>
+      <c r="F69" s="152" t="s">
+        <v>422</v>
+      </c>
+      <c r="G69" s="131">
+        <v>46062</v>
+      </c>
+      <c r="H69" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I69" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J69" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K69" s="134" t="s">
+        <v>90</v>
+      </c>
+      <c r="L69" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M69" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N69" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="70" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A70" s="152" t="s">
+        <v>605</v>
+      </c>
+      <c r="B70" s="152" t="s">
+        <v>160</v>
+      </c>
+      <c r="C70" s="152" t="s">
+        <v>182</v>
+      </c>
+      <c r="D70" s="152" t="s">
+        <v>161</v>
+      </c>
+      <c r="E70" s="154" t="s">
+        <v>183</v>
+      </c>
+      <c r="F70" s="152" t="s">
+        <v>184</v>
+      </c>
+      <c r="G70" s="131">
+        <v>46062</v>
+      </c>
+      <c r="H70" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I70" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J70" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K70" s="134" t="s">
+        <v>90</v>
+      </c>
+      <c r="L70" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M70" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N70" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="71" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A71" s="152" t="s">
+        <v>606</v>
+      </c>
+      <c r="B71" s="152" t="s">
+        <v>391</v>
+      </c>
+      <c r="C71" s="152" t="s">
+        <v>392</v>
+      </c>
+      <c r="D71" s="152" t="s">
+        <v>393</v>
+      </c>
+      <c r="E71" s="154" t="s">
+        <v>415</v>
+      </c>
+      <c r="F71" s="152" t="s">
+        <v>423</v>
+      </c>
+      <c r="G71" s="131">
+        <v>46062</v>
+      </c>
+      <c r="H71" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I71" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J71" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K71" s="134" t="s">
+        <v>90</v>
+      </c>
+      <c r="L71" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M71" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N71" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="72" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A72" s="152" t="s">
+        <v>607</v>
+      </c>
+      <c r="B72" s="152" t="s">
+        <v>317</v>
+      </c>
+      <c r="C72" s="152" t="s">
+        <v>318</v>
+      </c>
+      <c r="D72" s="152" t="s">
+        <v>319</v>
+      </c>
+      <c r="E72" s="154" t="s">
+        <v>416</v>
+      </c>
+      <c r="F72" s="152" t="s">
+        <v>362</v>
+      </c>
+      <c r="G72" s="131">
+        <v>46062</v>
+      </c>
+      <c r="H72" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I72" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J72" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K72" s="134" t="s">
+        <v>90</v>
+      </c>
+      <c r="L72" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M72" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N72" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="73" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A73" s="152" t="s">
+        <v>608</v>
+      </c>
+      <c r="B73" s="152" t="s">
+        <v>332</v>
+      </c>
+      <c r="C73" s="152" t="s">
+        <v>333</v>
+      </c>
+      <c r="D73" s="152" t="s">
+        <v>334</v>
+      </c>
+      <c r="E73" s="154" t="s">
+        <v>369</v>
+      </c>
+      <c r="F73" s="152" t="s">
+        <v>370</v>
+      </c>
+      <c r="G73" s="131">
+        <v>46063</v>
+      </c>
+      <c r="H73" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I73" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J73" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K73" s="134" t="s">
+        <v>90</v>
+      </c>
+      <c r="L73" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M73" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N73" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="74" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A74" s="152" t="s">
+        <v>609</v>
+      </c>
+      <c r="B74" s="152" t="s">
+        <v>166</v>
+      </c>
+      <c r="C74" s="152" t="s">
+        <v>179</v>
+      </c>
+      <c r="D74" s="152" t="s">
+        <v>136</v>
+      </c>
+      <c r="E74" s="154" t="s">
+        <v>180</v>
+      </c>
+      <c r="F74" s="152" t="s">
+        <v>181</v>
+      </c>
+      <c r="G74" s="131">
+        <v>46063</v>
+      </c>
+      <c r="H74" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I74" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J74" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K74" s="134" t="s">
+        <v>90</v>
+      </c>
+      <c r="L74" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M74" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N74" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="75" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A75" s="152" t="s">
+        <v>610</v>
+      </c>
+      <c r="B75" s="152" t="s">
+        <v>166</v>
+      </c>
+      <c r="C75" s="152" t="s">
+        <v>167</v>
+      </c>
+      <c r="D75" s="152" t="s">
+        <v>136</v>
+      </c>
+      <c r="E75" s="154" t="s">
+        <v>168</v>
+      </c>
+      <c r="F75" s="152" t="s">
+        <v>169</v>
+      </c>
+      <c r="G75" s="131">
+        <v>46063</v>
+      </c>
+      <c r="H75" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I75" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J75" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K75" s="134">
+        <v>40</v>
+      </c>
+      <c r="L75" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M75" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N75" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="76" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A76" s="152" t="s">
+        <v>611</v>
+      </c>
+      <c r="B76" s="152" t="s">
+        <v>170</v>
+      </c>
+      <c r="C76" s="152" t="s">
+        <v>171</v>
+      </c>
+      <c r="D76" s="152" t="s">
+        <v>136</v>
+      </c>
+      <c r="E76" s="154" t="s">
+        <v>172</v>
+      </c>
+      <c r="F76" s="152" t="s">
+        <v>173</v>
+      </c>
+      <c r="G76" s="131">
+        <v>46063</v>
+      </c>
+      <c r="H76" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I76" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J76" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K76" s="134">
+        <v>120</v>
+      </c>
+      <c r="L76" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M76" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N76" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="77" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A77" s="152" t="s">
+        <v>612</v>
+      </c>
+      <c r="B77" s="152" t="s">
+        <v>211</v>
+      </c>
+      <c r="C77" s="152" t="s">
+        <v>212</v>
+      </c>
+      <c r="D77" s="152" t="s">
+        <v>136</v>
+      </c>
+      <c r="E77" s="154" t="s">
+        <v>213</v>
+      </c>
+      <c r="F77" s="152" t="s">
+        <v>211</v>
+      </c>
+      <c r="G77" s="131">
+        <v>46065</v>
+      </c>
+      <c r="H77" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I77" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J77" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K77" s="134" t="s">
+        <v>90</v>
+      </c>
+      <c r="L77" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M77" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N77" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="78" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A78" s="152" t="s">
+        <v>613</v>
+      </c>
+      <c r="B78" s="152" t="s">
+        <v>214</v>
+      </c>
+      <c r="C78" s="152" t="s">
+        <v>204</v>
+      </c>
+      <c r="D78" s="152" t="s">
+        <v>136</v>
+      </c>
+      <c r="E78" s="154" t="s">
+        <v>205</v>
+      </c>
+      <c r="F78" s="152" t="s">
+        <v>206</v>
+      </c>
+      <c r="G78" s="131">
+        <v>46065</v>
+      </c>
+      <c r="H78" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I78" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J78" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K78" s="134">
+        <v>200</v>
+      </c>
+      <c r="L78" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M78" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N78" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="79" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A79" s="152" t="s">
+        <v>647</v>
+      </c>
+      <c r="B79" s="152" t="s">
+        <v>402</v>
+      </c>
+      <c r="C79" s="152" t="s">
+        <v>345</v>
+      </c>
+      <c r="D79" s="152" t="s">
+        <v>346</v>
+      </c>
+      <c r="E79" s="154" t="s">
+        <v>418</v>
+      </c>
+      <c r="F79" s="152" t="s">
+        <v>376</v>
+      </c>
+      <c r="G79" s="131">
+        <v>46069</v>
+      </c>
+      <c r="H79" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="I79" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="J79" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="K79" s="160" t="s">
+        <v>90</v>
+      </c>
+      <c r="L79" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="M79" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="N79" s="161" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="80" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A80" s="152" t="s">
+        <v>648</v>
+      </c>
+      <c r="B80" s="152" t="s">
+        <v>340</v>
+      </c>
+      <c r="C80" s="152" t="s">
+        <v>404</v>
+      </c>
+      <c r="D80" s="152" t="s">
+        <v>346</v>
+      </c>
+      <c r="E80" s="154" t="s">
+        <v>419</v>
+      </c>
+      <c r="F80" s="152" t="s">
+        <v>425</v>
+      </c>
+      <c r="G80" s="131">
+        <v>46069</v>
+      </c>
+      <c r="H80" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="I80" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="J80" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="K80" s="160">
+        <v>300</v>
+      </c>
+      <c r="L80" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="M80" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="N80" s="161" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="81" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A81" s="152" t="s">
+        <v>649</v>
+      </c>
+      <c r="B81" s="152" t="s">
+        <v>356</v>
+      </c>
+      <c r="C81" s="152" t="s">
+        <v>357</v>
+      </c>
+      <c r="D81" s="152" t="s">
+        <v>412</v>
+      </c>
+      <c r="E81" s="154" t="s">
+        <v>382</v>
+      </c>
+      <c r="F81" s="152" t="s">
+        <v>383</v>
+      </c>
+      <c r="G81" s="131">
+        <v>46069</v>
+      </c>
+      <c r="H81" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="I81" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="J81" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="K81" s="160" t="s">
+        <v>90</v>
+      </c>
+      <c r="L81" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="M81" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="N81" s="161" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="82" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A82" s="152" t="s">
+        <v>650</v>
+      </c>
+      <c r="B82" s="152" t="s">
+        <v>439</v>
+      </c>
+      <c r="C82" s="152" t="s">
+        <v>440</v>
+      </c>
+      <c r="D82" s="152" t="s">
+        <v>95</v>
+      </c>
+      <c r="E82" s="154" t="s">
+        <v>441</v>
+      </c>
+      <c r="F82" s="152" t="s">
+        <v>442</v>
+      </c>
+      <c r="G82" s="131">
+        <v>46069</v>
+      </c>
+      <c r="H82" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="I82" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="J82" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="K82" s="160" t="s">
+        <v>90</v>
+      </c>
+      <c r="L82" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="M82" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="N82" s="161" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="83" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A83" s="152" t="s">
+        <v>651</v>
+      </c>
+      <c r="B83" s="152" t="s">
+        <v>160</v>
+      </c>
+      <c r="C83" s="152" t="s">
+        <v>221</v>
+      </c>
+      <c r="D83" s="152" t="s">
+        <v>161</v>
+      </c>
+      <c r="E83" s="154" t="s">
+        <v>222</v>
+      </c>
+      <c r="F83" s="152" t="s">
+        <v>162</v>
+      </c>
+      <c r="G83" s="131">
+        <v>46069</v>
+      </c>
+      <c r="H83" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="I83" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="J83" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="K83" s="160" t="s">
+        <v>90</v>
+      </c>
+      <c r="L83" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="M83" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="N83" s="161" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="84" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A84" s="152" t="s">
+        <v>652</v>
+      </c>
+      <c r="B84" s="152" t="s">
+        <v>445</v>
+      </c>
+      <c r="C84" s="152" t="s">
+        <v>446</v>
+      </c>
+      <c r="D84" s="152" t="s">
+        <v>447</v>
+      </c>
+      <c r="E84" s="154" t="s">
+        <v>448</v>
+      </c>
+      <c r="F84" s="152" t="s">
+        <v>449</v>
+      </c>
+      <c r="G84" s="131">
+        <v>46070</v>
+      </c>
+      <c r="H84" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="I84" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="J84" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="K84" s="160" t="s">
+        <v>90</v>
+      </c>
+      <c r="L84" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="M84" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="N84" s="161" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="85" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A85" s="152" t="s">
+        <v>653</v>
+      </c>
+      <c r="B85" s="152" t="s">
+        <v>137</v>
+      </c>
+      <c r="C85" s="152" t="s">
+        <v>138</v>
+      </c>
+      <c r="D85" s="152" t="s">
+        <v>121</v>
+      </c>
+      <c r="E85" s="154" t="s">
+        <v>215</v>
+      </c>
+      <c r="F85" s="152" t="s">
+        <v>140</v>
+      </c>
+      <c r="G85" s="131">
+        <v>46070</v>
+      </c>
+      <c r="H85" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="I85" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="J85" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="K85" s="160" t="s">
+        <v>90</v>
+      </c>
+      <c r="L85" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="M85" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="N85" s="161" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="86" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A86" s="152" t="s">
+        <v>654</v>
+      </c>
+      <c r="B86" s="152" t="s">
+        <v>199</v>
+      </c>
+      <c r="C86" s="152" t="s">
+        <v>200</v>
+      </c>
+      <c r="D86" s="152" t="s">
+        <v>195</v>
+      </c>
+      <c r="E86" s="154" t="s">
+        <v>201</v>
+      </c>
+      <c r="F86" s="152" t="s">
+        <v>210</v>
+      </c>
+      <c r="G86" s="131">
+        <v>46070</v>
+      </c>
+      <c r="H86" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="I86" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="J86" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="K86" s="160" t="s">
+        <v>90</v>
+      </c>
+      <c r="L86" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="M86" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="N86" s="161" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="87" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A87" s="152" t="s">
+        <v>655</v>
+      </c>
+      <c r="B87" s="152" t="s">
+        <v>193</v>
+      </c>
+      <c r="C87" s="152" t="s">
+        <v>194</v>
+      </c>
+      <c r="D87" s="152" t="s">
+        <v>195</v>
+      </c>
+      <c r="E87" s="154" t="s">
+        <v>196</v>
+      </c>
+      <c r="F87" s="152" t="s">
+        <v>197</v>
+      </c>
+      <c r="G87" s="131">
+        <v>46070</v>
+      </c>
+      <c r="H87" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="I87" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="J87" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="K87" s="160" t="s">
+        <v>90</v>
+      </c>
+      <c r="L87" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="M87" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="N87" s="161" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="88" spans="1:14" s="149" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+      <c r="A88" s="152" t="s">
+        <v>656</v>
+      </c>
+      <c r="B88" s="152" t="s">
+        <v>398</v>
+      </c>
+      <c r="C88" s="152" t="s">
+        <v>399</v>
+      </c>
+      <c r="D88" s="152" t="s">
+        <v>400</v>
+      </c>
+      <c r="E88" s="154" t="s">
+        <v>417</v>
+      </c>
+      <c r="F88" s="152" t="s">
+        <v>424</v>
+      </c>
+      <c r="G88" s="131">
+        <v>46071</v>
+      </c>
+      <c r="H88" s="162" t="s">
+        <v>165</v>
+      </c>
+      <c r="I88" s="162" t="s">
+        <v>165</v>
+      </c>
+      <c r="J88" s="162" t="s">
+        <v>165</v>
+      </c>
+      <c r="K88" s="163" t="s">
+        <v>165</v>
+      </c>
+      <c r="L88" s="162" t="s">
+        <v>165</v>
+      </c>
+      <c r="M88" s="162" t="s">
+        <v>165</v>
+      </c>
+      <c r="N88" s="162" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="89" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A89" s="152" t="s">
+        <v>657</v>
+      </c>
+      <c r="B89" s="152" t="s">
+        <v>122</v>
+      </c>
+      <c r="C89" s="152" t="s">
+        <v>123</v>
+      </c>
+      <c r="D89" s="152" t="s">
+        <v>121</v>
+      </c>
+      <c r="E89" s="154" t="s">
+        <v>124</v>
+      </c>
+      <c r="F89" s="152" t="s">
+        <v>125</v>
+      </c>
+      <c r="G89" s="131">
+        <v>46071</v>
+      </c>
+      <c r="H89" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="I89" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="J89" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="K89" s="160" t="s">
+        <v>90</v>
+      </c>
+      <c r="L89" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="M89" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="N89" s="161" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="90" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A90" s="152" t="s">
+        <v>658</v>
+      </c>
+      <c r="B90" s="152" t="s">
+        <v>148</v>
+      </c>
+      <c r="C90" s="152" t="s">
+        <v>145</v>
+      </c>
+      <c r="D90" s="152" t="s">
+        <v>146</v>
+      </c>
+      <c r="E90" s="154" t="s">
+        <v>147</v>
+      </c>
+      <c r="F90" s="152" t="s">
+        <v>148</v>
+      </c>
+      <c r="G90" s="131">
+        <v>46071</v>
+      </c>
+      <c r="H90" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="I90" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="J90" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="K90" s="160" t="s">
+        <v>90</v>
+      </c>
+      <c r="L90" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="M90" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="N90" s="161" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="91" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A91" s="152" t="s">
+        <v>659</v>
+      </c>
+      <c r="B91" s="152" t="s">
+        <v>337</v>
+      </c>
+      <c r="C91" s="152" t="s">
+        <v>338</v>
+      </c>
+      <c r="D91" s="152" t="s">
+        <v>330</v>
+      </c>
+      <c r="E91" s="154" t="s">
+        <v>371</v>
+      </c>
+      <c r="F91" s="152" t="s">
+        <v>372</v>
+      </c>
+      <c r="G91" s="131">
+        <v>46071</v>
+      </c>
+      <c r="H91" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="I91" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="J91" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="K91" s="160">
+        <v>400</v>
+      </c>
+      <c r="L91" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="M91" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="N91" s="161" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="92" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A92" s="152" t="s">
+        <v>660</v>
+      </c>
+      <c r="B92" s="152" t="s">
+        <v>126</v>
+      </c>
+      <c r="C92" s="152" t="s">
+        <v>127</v>
+      </c>
+      <c r="D92" s="152" t="s">
+        <v>128</v>
+      </c>
+      <c r="E92" s="154" t="s">
+        <v>129</v>
+      </c>
+      <c r="F92" s="152" t="s">
+        <v>164</v>
+      </c>
+      <c r="G92" s="131">
+        <v>46070</v>
+      </c>
+      <c r="H92" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="I92" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="J92" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="K92" s="160">
+        <v>240</v>
+      </c>
+      <c r="L92" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="M92" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="N92" s="161" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="93" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A93" s="152" t="s">
+        <v>661</v>
+      </c>
+      <c r="B93" s="152" t="s">
+        <v>141</v>
+      </c>
+      <c r="C93" s="152" t="s">
+        <v>142</v>
+      </c>
+      <c r="D93" s="152" t="s">
+        <v>128</v>
+      </c>
+      <c r="E93" s="154" t="s">
+        <v>663</v>
+      </c>
+      <c r="F93" s="152" t="s">
+        <v>143</v>
+      </c>
+      <c r="G93" s="131">
+        <v>46070</v>
+      </c>
+      <c r="H93" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="I93" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="J93" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="K93" s="160">
+        <v>80</v>
+      </c>
+      <c r="L93" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="M93" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="N93" s="161" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="94" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A94" s="152" t="s">
+        <v>662</v>
+      </c>
+      <c r="B94" s="152" t="s">
+        <v>149</v>
+      </c>
+      <c r="C94" s="152" t="s">
+        <v>150</v>
+      </c>
+      <c r="D94" s="152" t="s">
+        <v>151</v>
+      </c>
+      <c r="E94" s="154" t="s">
+        <v>152</v>
+      </c>
+      <c r="F94" s="152" t="s">
+        <v>153</v>
+      </c>
+      <c r="G94" s="131">
+        <v>46072</v>
+      </c>
+      <c r="H94" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="I94" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="J94" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="K94" s="160" t="s">
+        <v>90</v>
+      </c>
+      <c r="L94" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="M94" s="161" t="s">
+        <v>90</v>
+      </c>
+      <c r="N94" s="161" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="95" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A95" s="152" t="s">
+        <v>664</v>
+      </c>
+      <c r="B95" s="152" t="s">
+        <v>429</v>
+      </c>
+      <c r="C95" s="152" t="s">
+        <v>326</v>
+      </c>
+      <c r="D95" s="152" t="s">
+        <v>430</v>
+      </c>
+      <c r="E95" s="154" t="s">
+        <v>365</v>
+      </c>
+      <c r="F95" s="152" t="s">
+        <v>366</v>
+      </c>
+      <c r="G95" s="131">
+        <v>46069</v>
+      </c>
+      <c r="H95" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I95" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J95" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K95" s="134">
+        <v>640</v>
+      </c>
+      <c r="L95" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M95" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N95" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="96" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A96" s="152" t="s">
+        <v>665</v>
+      </c>
+      <c r="B96" s="152" t="s">
+        <v>432</v>
+      </c>
+      <c r="C96" s="152" t="s">
+        <v>433</v>
+      </c>
+      <c r="D96" s="152" t="s">
+        <v>218</v>
+      </c>
+      <c r="E96" s="154" t="s">
+        <v>435</v>
+      </c>
+      <c r="F96" s="152" t="s">
+        <v>437</v>
+      </c>
+      <c r="G96" s="131">
+        <v>46069</v>
+      </c>
+      <c r="H96" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I96" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J96" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K96" s="134">
+        <v>320</v>
+      </c>
+      <c r="L96" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M96" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N96" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="97" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A97" s="152" t="s">
+        <v>666</v>
+      </c>
+      <c r="B97" s="152" t="s">
+        <v>617</v>
+      </c>
+      <c r="C97" s="152" t="s">
+        <v>618</v>
+      </c>
+      <c r="D97" s="152" t="s">
+        <v>185</v>
+      </c>
+      <c r="E97" s="154" t="s">
+        <v>642</v>
+      </c>
+      <c r="F97" s="152" t="s">
+        <v>643</v>
+      </c>
+      <c r="G97" s="131">
+        <v>46067</v>
+      </c>
+      <c r="H97" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I97" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J97" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K97" s="134">
+        <v>160</v>
+      </c>
+      <c r="L97" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M97" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N97" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="98" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A98" s="152" t="s">
+        <v>667</v>
+      </c>
+      <c r="B98" s="152" t="s">
+        <v>541</v>
+      </c>
+      <c r="C98" s="152" t="s">
+        <v>542</v>
+      </c>
+      <c r="D98" s="152" t="s">
+        <v>136</v>
+      </c>
+      <c r="E98" s="154" t="s">
+        <v>547</v>
+      </c>
+      <c r="F98" s="152" t="s">
+        <v>548</v>
+      </c>
+      <c r="G98" s="131">
+        <v>46070</v>
+      </c>
+      <c r="H98" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I98" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J98" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K98" s="134" t="s">
+        <v>90</v>
+      </c>
+      <c r="L98" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M98" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N98" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="99" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A99" s="152" t="s">
+        <v>668</v>
+      </c>
+      <c r="B99" s="152" t="s">
+        <v>484</v>
+      </c>
+      <c r="C99" s="152" t="s">
+        <v>485</v>
+      </c>
+      <c r="D99" s="152" t="s">
+        <v>136</v>
+      </c>
+      <c r="E99" s="154" t="s">
+        <v>486</v>
+      </c>
+      <c r="F99" s="152" t="s">
+        <v>487</v>
+      </c>
+      <c r="G99" s="131">
+        <v>46071</v>
+      </c>
+      <c r="H99" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I99" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J99" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K99" s="134" t="s">
+        <v>90</v>
+      </c>
+      <c r="L99" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M99" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N99" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="100" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A100" s="152" t="s">
+        <v>669</v>
+      </c>
+      <c r="B100" s="152" t="s">
+        <v>479</v>
+      </c>
+      <c r="C100" s="152" t="s">
+        <v>480</v>
+      </c>
+      <c r="D100" s="152" t="s">
+        <v>136</v>
+      </c>
+      <c r="E100" s="154" t="s">
+        <v>481</v>
+      </c>
+      <c r="F100" s="152" t="s">
+        <v>482</v>
+      </c>
+      <c r="G100" s="131">
+        <v>46071</v>
+      </c>
+      <c r="H100" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I100" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J100" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K100" s="134">
+        <v>320</v>
+      </c>
+      <c r="L100" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M100" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N100" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="101" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A101" s="152" t="s">
+        <v>670</v>
+      </c>
+      <c r="B101" s="152" t="s">
+        <v>489</v>
+      </c>
+      <c r="C101" s="152" t="s">
+        <v>490</v>
+      </c>
+      <c r="D101" s="152" t="s">
+        <v>491</v>
+      </c>
+      <c r="E101" s="154" t="s">
+        <v>492</v>
+      </c>
+      <c r="F101" s="152" t="s">
+        <v>493</v>
+      </c>
+      <c r="G101" s="131">
+        <v>46072</v>
+      </c>
+      <c r="H101" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I101" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J101" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K101" s="134" t="s">
+        <v>90</v>
+      </c>
+      <c r="L101" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M101" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N101" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="102" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A102" s="152" t="s">
+        <v>678</v>
+      </c>
+      <c r="B102" s="152" t="s">
+        <v>117</v>
+      </c>
+      <c r="C102" s="152" t="s">
+        <v>118</v>
+      </c>
+      <c r="D102" s="152" t="s">
+        <v>119</v>
+      </c>
+      <c r="E102" s="154" t="s">
+        <v>189</v>
+      </c>
+      <c r="F102" s="152" t="s">
+        <v>120</v>
+      </c>
+      <c r="G102" s="131">
+        <v>46077</v>
+      </c>
+      <c r="H102" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I102" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J102" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K102" s="134" t="s">
+        <v>90</v>
+      </c>
+      <c r="L102" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M102" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N102" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="103" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A103" s="152" t="s">
+        <v>679</v>
+      </c>
+      <c r="B103" s="152" t="s">
+        <v>451</v>
+      </c>
+      <c r="C103" s="152" t="s">
+        <v>452</v>
+      </c>
+      <c r="D103" s="152" t="s">
+        <v>330</v>
+      </c>
+      <c r="E103" s="154" t="s">
+        <v>453</v>
+      </c>
+      <c r="F103" s="152" t="s">
+        <v>454</v>
+      </c>
+      <c r="G103" s="131">
+        <v>46078</v>
+      </c>
+      <c r="H103" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I103" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J103" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K103" s="134" t="s">
+        <v>90</v>
+      </c>
+      <c r="L103" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M103" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N103" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="104" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A104" s="152" t="s">
+        <v>680</v>
+      </c>
+      <c r="B104" s="152" t="s">
+        <v>348</v>
+      </c>
+      <c r="C104" s="152" t="s">
+        <v>349</v>
+      </c>
+      <c r="D104" s="152" t="s">
+        <v>407</v>
+      </c>
+      <c r="E104" s="154" t="s">
+        <v>420</v>
+      </c>
+      <c r="F104" s="152" t="s">
+        <v>378</v>
+      </c>
+      <c r="G104" s="131">
+        <v>46078</v>
+      </c>
+      <c r="H104" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I104" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J104" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K104" s="134" t="s">
+        <v>90</v>
+      </c>
+      <c r="L104" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M104" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N104" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="105" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A105" s="152" t="s">
+        <v>681</v>
+      </c>
+      <c r="B105" s="152" t="s">
+        <v>409</v>
+      </c>
+      <c r="C105" s="152" t="s">
+        <v>410</v>
+      </c>
+      <c r="D105" s="152" t="s">
+        <v>407</v>
+      </c>
+      <c r="E105" s="154" t="s">
+        <v>421</v>
+      </c>
+      <c r="F105" s="152" t="s">
+        <v>426</v>
+      </c>
+      <c r="G105" s="131">
+        <v>46078</v>
+      </c>
+      <c r="H105" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I105" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J105" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K105" s="134">
+        <v>700</v>
+      </c>
+      <c r="L105" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M105" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N105" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="106" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A106" s="152" t="s">
+        <v>682</v>
+      </c>
+      <c r="B106" s="152" t="s">
+        <v>537</v>
+      </c>
+      <c r="C106" s="152" t="s">
+        <v>538</v>
+      </c>
+      <c r="D106" s="152" t="s">
+        <v>161</v>
+      </c>
+      <c r="E106" s="154" t="s">
+        <v>543</v>
+      </c>
+      <c r="F106" s="152" t="s">
+        <v>544</v>
+      </c>
+      <c r="G106" s="131">
+        <v>46078</v>
+      </c>
+      <c r="H106" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I106" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J106" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K106" s="134" t="s">
+        <v>90</v>
+      </c>
+      <c r="L106" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M106" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N106" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="107" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A107" s="152" t="s">
+        <v>683</v>
+      </c>
+      <c r="B107" s="152" t="s">
+        <v>398</v>
+      </c>
+      <c r="C107" s="152" t="s">
+        <v>399</v>
+      </c>
+      <c r="D107" s="152" t="s">
+        <v>400</v>
+      </c>
+      <c r="E107" s="154" t="s">
+        <v>417</v>
+      </c>
+      <c r="F107" s="152" t="s">
+        <v>424</v>
+      </c>
+      <c r="G107" s="131">
+        <v>46079</v>
+      </c>
+      <c r="H107" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I107" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J107" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K107" s="134" t="s">
+        <v>90</v>
+      </c>
+      <c r="L107" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M107" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N107" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="108" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A108" s="152" t="s">
+        <v>684</v>
+      </c>
+      <c r="B108" s="152" t="s">
+        <v>489</v>
+      </c>
+      <c r="C108" s="152" t="s">
+        <v>495</v>
+      </c>
+      <c r="D108" s="152" t="s">
+        <v>491</v>
+      </c>
+      <c r="E108" s="154" t="s">
+        <v>496</v>
+      </c>
+      <c r="F108" s="152" t="s">
+        <v>497</v>
+      </c>
+      <c r="G108" s="131">
+        <v>46076</v>
+      </c>
+      <c r="H108" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I108" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J108" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K108" s="134">
+        <v>200</v>
+      </c>
+      <c r="L108" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M108" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N108" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="109" spans="1:14" s="149" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A109" s="152" t="s">
+        <v>685</v>
+      </c>
+      <c r="B109" s="152" t="s">
+        <v>563</v>
+      </c>
+      <c r="C109" s="152" t="s">
+        <v>564</v>
+      </c>
+      <c r="D109" s="152" t="s">
+        <v>565</v>
+      </c>
+      <c r="E109" s="154" t="s">
+        <v>566</v>
+      </c>
+      <c r="F109" s="152" t="s">
+        <v>567</v>
+      </c>
+      <c r="G109" s="131">
+        <v>46077</v>
+      </c>
+      <c r="H109" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="I109" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="J109" s="157" t="s">
+        <v>90</v>
+      </c>
+      <c r="K109" s="134" t="s">
+        <v>90</v>
+      </c>
+      <c r="L109" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="M109" s="158" t="s">
+        <v>90</v>
+      </c>
+      <c r="N109" s="158" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="110" spans="1:14" ht="15" x14ac:dyDescent="0.2">
+      <c r="A110" s="88"/>
+      <c r="B110" s="83"/>
+      <c r="C110" s="89"/>
+      <c r="D110" s="83"/>
+      <c r="E110" s="90"/>
+      <c r="F110" s="91"/>
+      <c r="G110" s="92"/>
+      <c r="H110" s="93"/>
+      <c r="I110" s="88"/>
+      <c r="J110" s="88"/>
+      <c r="K110" s="93"/>
+      <c r="L110" s="88"/>
+      <c r="M110" s="88"/>
+      <c r="N110" s="93"/>
+    </row>
+    <row r="111" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A111" s="87" t="s">
         <v>291</v>
       </c>
-      <c r="B69"/>
-[...14 lines deleted...]
-      <c r="A70" s="82" t="s">
+      <c r="B111"/>
+      <c r="C111"/>
+      <c r="D111"/>
+      <c r="E111"/>
+      <c r="F111"/>
+      <c r="G111"/>
+      <c r="H111"/>
+      <c r="I111"/>
+      <c r="J111"/>
+      <c r="K111"/>
+      <c r="L111"/>
+      <c r="M111"/>
+      <c r="N111"/>
+    </row>
+    <row r="112" spans="1:14" ht="15" x14ac:dyDescent="0.2">
+      <c r="A112" s="82" t="s">
         <v>292</v>
       </c>
-      <c r="B70" s="82"/>
-[...14 lines deleted...]
-      <c r="A71" s="82" t="s">
+      <c r="B112" s="82"/>
+      <c r="C112"/>
+      <c r="D112"/>
+      <c r="E112"/>
+      <c r="F112"/>
+      <c r="G112"/>
+      <c r="H112"/>
+      <c r="I112"/>
+      <c r="J112"/>
+      <c r="K112"/>
+      <c r="L112"/>
+      <c r="M112"/>
+      <c r="N112"/>
+    </row>
+    <row r="113" spans="1:14" ht="15" x14ac:dyDescent="0.2">
+      <c r="A113" s="82" t="s">
         <v>293</v>
       </c>
-      <c r="B71" s="82"/>
-[...30 lines deleted...]
-      <c r="A73" s="82" t="s">
+      <c r="B113" s="82"/>
+      <c r="C113"/>
+      <c r="D113"/>
+      <c r="E113"/>
+      <c r="F113"/>
+      <c r="G113"/>
+      <c r="H113"/>
+      <c r="I113"/>
+      <c r="J113"/>
+      <c r="K113"/>
+      <c r="L113"/>
+      <c r="M113"/>
+      <c r="N113"/>
+    </row>
+    <row r="114" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A114" s="84"/>
+      <c r="B114" s="82"/>
+      <c r="C114"/>
+      <c r="D114"/>
+      <c r="E114"/>
+      <c r="F114"/>
+      <c r="G114"/>
+      <c r="H114"/>
+      <c r="I114"/>
+      <c r="J114"/>
+      <c r="K114"/>
+      <c r="L114"/>
+      <c r="M114"/>
+      <c r="N114"/>
+    </row>
+    <row r="115" spans="1:14" ht="15" x14ac:dyDescent="0.2">
+      <c r="A115" s="82" t="s">
         <v>294</v>
       </c>
-      <c r="B73" s="82"/>
-[...14 lines deleted...]
-      <c r="A74" s="82" t="s">
+      <c r="B115" s="82"/>
+      <c r="C115"/>
+      <c r="D115"/>
+      <c r="E115"/>
+      <c r="F115"/>
+      <c r="G115"/>
+      <c r="H115"/>
+      <c r="I115"/>
+      <c r="J115"/>
+      <c r="K115"/>
+      <c r="L115"/>
+      <c r="M115"/>
+      <c r="N115"/>
+    </row>
+    <row r="116" spans="1:14" ht="15" x14ac:dyDescent="0.2">
+      <c r="A116" s="82" t="s">
         <v>295</v>
       </c>
-      <c r="B74" s="82"/>
-[...14 lines deleted...]
-      <c r="A75" s="82" t="s">
+      <c r="B116" s="82"/>
+      <c r="C116"/>
+      <c r="D116"/>
+      <c r="E116"/>
+      <c r="F116"/>
+      <c r="G116"/>
+      <c r="H116"/>
+      <c r="I116"/>
+      <c r="J116"/>
+      <c r="K116"/>
+      <c r="L116"/>
+      <c r="M116"/>
+      <c r="N116"/>
+    </row>
+    <row r="117" spans="1:14" ht="15" x14ac:dyDescent="0.2">
+      <c r="A117" s="82" t="s">
         <v>296</v>
       </c>
-      <c r="B75" s="82"/>
-[...31 lines deleted...]
-      <c r="B77" s="82" t="s">
+      <c r="B117" s="82"/>
+      <c r="C117"/>
+      <c r="D117"/>
+      <c r="E117"/>
+      <c r="F117"/>
+      <c r="G117"/>
+      <c r="H117"/>
+      <c r="I117"/>
+      <c r="J117"/>
+      <c r="K117"/>
+      <c r="L117"/>
+      <c r="M117"/>
+      <c r="N117"/>
+    </row>
+    <row r="118" spans="1:14" ht="15" x14ac:dyDescent="0.2">
+      <c r="A118" s="82"/>
+      <c r="B118" s="82"/>
+      <c r="C118"/>
+      <c r="D118"/>
+      <c r="E118"/>
+      <c r="F118"/>
+      <c r="G118"/>
+      <c r="H118"/>
+      <c r="I118"/>
+      <c r="J118"/>
+      <c r="K118"/>
+      <c r="L118"/>
+      <c r="M118"/>
+      <c r="N118"/>
+    </row>
+    <row r="119" spans="1:14" ht="15" x14ac:dyDescent="0.2">
+      <c r="A119" s="85"/>
+      <c r="B119" s="82" t="s">
         <v>297</v>
       </c>
-      <c r="C77"/>
-[...14 lines deleted...]
-      <c r="B78" s="82" t="s">
+      <c r="C119"/>
+      <c r="D119"/>
+      <c r="E119"/>
+      <c r="F119"/>
+      <c r="G119"/>
+      <c r="H119"/>
+      <c r="I119"/>
+      <c r="J119"/>
+      <c r="K119"/>
+      <c r="L119"/>
+      <c r="M119"/>
+      <c r="N119"/>
+    </row>
+    <row r="120" spans="1:14" ht="15" x14ac:dyDescent="0.2">
+      <c r="A120" s="86"/>
+      <c r="B120" s="82" t="s">
         <v>298</v>
       </c>
-      <c r="C78"/>
-[...10 lines deleted...]
-      <c r="N78"/>
+      <c r="C120"/>
+      <c r="D120"/>
+      <c r="E120"/>
+      <c r="F120"/>
+      <c r="G120"/>
+      <c r="H120"/>
+      <c r="I120"/>
+      <c r="J120"/>
+      <c r="K120"/>
+      <c r="L120"/>
+      <c r="M120"/>
+      <c r="N120"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:N2" xr:uid="{00000000-0001-0000-0100-000000000000}"/>
   <phoneticPr fontId="32" type="noConversion"/>
   <dataValidations count="3">
-    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="CELL COUNT ERROR!" error="Cells per litre less than 40!" sqref="H39:N46 I47:N56 H57:N57 H59:N61 I62:N67" xr:uid="{8A539F5E-E186-4525-8350-B8735D4CBD27}">
+    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="CELL COUNT ERROR!" error="Cells per litre less than 40!" sqref="H39:N46 I47:N56 H57:N57 H59:N61 I62:N109" xr:uid="{8A539F5E-E186-4525-8350-B8735D4CBD27}">
       <formula1>40</formula1>
     </dataValidation>
-    <dataValidation type="date" errorStyle="warning" operator="equal" allowBlank="1" showErrorMessage="1" errorTitle="Incorrect date?" error="This is not today's date" sqref="H47:H56 H62:H67" xr:uid="{D3CEA0AB-9568-40E9-BE0A-29DBA98F82DD}">
+    <dataValidation type="date" errorStyle="warning" operator="equal" allowBlank="1" showErrorMessage="1" errorTitle="Incorrect date?" error="This is not today's date" sqref="H47:H56 H62:H109" xr:uid="{D3CEA0AB-9568-40E9-BE0A-29DBA98F82DD}">
       <formula1>TODAY()</formula1>
     </dataValidation>
-    <dataValidation type="date" errorStyle="warning" allowBlank="1" showErrorMessage="1" errorTitle="Incorrect date?" error="1. The date entered is more than 7 days in the past_x000a_2. The date entered is in the future" sqref="G39:G67" xr:uid="{7EE635E3-5D2C-4827-9486-FEE26041BB3B}">
+    <dataValidation type="date" errorStyle="warning" allowBlank="1" showErrorMessage="1" errorTitle="Incorrect date?" error="1. The date entered is more than 7 days in the past_x000a_2. The date entered is in the future" sqref="G39:G109" xr:uid="{7EE635E3-5D2C-4827-9486-FEE26041BB3B}">
       <formula1>TODAY()-7</formula1>
       <formula2>TODAY()</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{90D77187-E7FB-4278-BAF3-15208E5CEA90}">
   <dimension ref="A1:P38"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A19" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="70" workbookViewId="0">
       <selection activeCell="T16" sqref="T16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="14.42578125" style="13" customWidth="1"/>
     <col min="2" max="2" width="8.42578125" style="13" customWidth="1"/>
     <col min="3" max="3" width="12" style="13" customWidth="1"/>
     <col min="4" max="4" width="11.42578125" style="13" customWidth="1"/>
     <col min="5" max="5" width="12.42578125" style="13" customWidth="1"/>
     <col min="6" max="6" width="10.28515625" style="13" customWidth="1"/>
@@ -11673,368 +15640,368 @@
         <v>51</v>
       </c>
       <c r="B21" s="7"/>
       <c r="H21" s="13"/>
       <c r="I21" s="13"/>
       <c r="J21" s="13"/>
       <c r="K21" s="13"/>
       <c r="L21" s="13"/>
     </row>
     <row r="22" spans="1:15" s="4" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="13"/>
       <c r="B22" s="7"/>
       <c r="H22" s="13"/>
       <c r="I22" s="13"/>
       <c r="J22" s="13"/>
       <c r="K22" s="13"/>
       <c r="L22" s="13"/>
     </row>
     <row r="23" spans="1:15" s="4" customFormat="1" ht="24.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="42" t="s">
         <v>50</v>
       </c>
       <c r="O23" s="41"/>
     </row>
     <row r="24" spans="1:15" s="4" customFormat="1" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="136" t="s">
+      <c r="A24" s="164" t="s">
         <v>49</v>
       </c>
-      <c r="B24" s="137"/>
+      <c r="B24" s="165"/>
       <c r="C24" s="40" t="s">
         <v>7</v>
       </c>
       <c r="D24" s="39" t="s">
         <v>9</v>
       </c>
       <c r="E24" s="39" t="s">
         <v>48</v>
       </c>
       <c r="F24" s="39" t="s">
         <v>10</v>
       </c>
       <c r="G24" s="39" t="s">
         <v>47</v>
       </c>
       <c r="H24" s="39" t="s">
         <v>46</v>
       </c>
       <c r="I24" s="39" t="s">
         <v>45</v>
       </c>
       <c r="J24" s="39" t="s">
         <v>12</v>
       </c>
       <c r="K24" s="39" t="s">
         <v>8</v>
       </c>
       <c r="L24" s="39" t="s">
         <v>44</v>
       </c>
       <c r="M24" s="39" t="s">
         <v>11</v>
       </c>
       <c r="N24" s="39" t="s">
         <v>43</v>
       </c>
       <c r="O24" s="38" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:15" s="4" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="138" t="s">
+      <c r="A25" s="166" t="s">
         <v>41</v>
       </c>
       <c r="B25" s="37" t="s">
         <v>40</v>
       </c>
       <c r="C25" s="36">
         <v>16</v>
       </c>
       <c r="D25" s="35">
         <v>41</v>
       </c>
       <c r="E25" s="35">
         <v>18</v>
       </c>
       <c r="F25" s="35">
         <v>27</v>
       </c>
       <c r="G25" s="35">
         <v>29</v>
       </c>
       <c r="H25" s="35">
         <v>17</v>
       </c>
       <c r="I25" s="35">
         <v>16</v>
       </c>
       <c r="J25" s="34">
         <v>16</v>
       </c>
       <c r="K25" s="34">
         <v>72</v>
       </c>
       <c r="L25" s="34">
         <v>16</v>
       </c>
       <c r="M25" s="35">
         <v>16</v>
       </c>
       <c r="N25" s="34">
         <v>16</v>
       </c>
       <c r="O25" s="33">
         <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:15" s="4" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="139"/>
+      <c r="A26" s="167"/>
       <c r="B26" s="28" t="s">
         <v>39</v>
       </c>
       <c r="C26" s="32">
         <v>16</v>
       </c>
       <c r="D26" s="31">
         <v>16</v>
       </c>
       <c r="E26" s="31">
         <v>36</v>
       </c>
       <c r="F26" s="31">
         <v>16</v>
       </c>
       <c r="G26" s="31">
         <v>16</v>
       </c>
       <c r="H26" s="31">
         <v>32</v>
       </c>
       <c r="I26" s="31">
         <v>16</v>
       </c>
       <c r="J26" s="30">
         <v>16</v>
       </c>
       <c r="K26" s="30">
         <v>16</v>
       </c>
       <c r="L26" s="30">
         <v>16</v>
       </c>
       <c r="M26" s="31">
         <v>16</v>
       </c>
       <c r="N26" s="30">
         <v>20.5</v>
       </c>
       <c r="O26" s="29">
         <v>18.5</v>
       </c>
     </row>
     <row r="27" spans="1:15" s="4" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="139"/>
+      <c r="A27" s="167"/>
       <c r="B27" s="28" t="s">
         <v>38</v>
       </c>
       <c r="C27" s="32">
         <v>16</v>
       </c>
       <c r="D27" s="31">
         <v>17</v>
       </c>
       <c r="E27" s="31">
         <v>16</v>
       </c>
       <c r="F27" s="31">
         <v>25</v>
       </c>
       <c r="G27" s="31">
         <v>28</v>
       </c>
       <c r="H27" s="31">
         <v>16</v>
       </c>
       <c r="I27" s="31">
         <v>16</v>
       </c>
       <c r="J27" s="30">
         <v>16</v>
       </c>
       <c r="K27" s="30">
         <v>36</v>
       </c>
       <c r="L27" s="30">
         <v>16</v>
       </c>
       <c r="M27" s="31">
         <v>16</v>
       </c>
       <c r="N27" s="30">
         <v>16</v>
       </c>
       <c r="O27" s="29">
         <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:15" s="4" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="139"/>
+      <c r="A28" s="167"/>
       <c r="B28" s="28" t="s">
         <v>37</v>
       </c>
       <c r="C28" s="32">
         <v>16</v>
       </c>
       <c r="D28" s="31">
         <v>16</v>
       </c>
       <c r="E28" s="31">
         <v>16</v>
       </c>
       <c r="F28" s="31">
         <v>16</v>
       </c>
       <c r="G28" s="31">
         <v>16</v>
       </c>
       <c r="H28" s="31">
         <v>16</v>
       </c>
       <c r="I28" s="31">
         <v>16</v>
       </c>
       <c r="J28" s="30">
         <v>16</v>
       </c>
       <c r="K28" s="30">
         <v>16</v>
       </c>
       <c r="L28" s="30">
         <v>16</v>
       </c>
       <c r="M28" s="31">
         <v>16</v>
       </c>
       <c r="N28" s="30">
         <v>16</v>
       </c>
       <c r="O28" s="29">
         <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:15" s="4" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="139"/>
+      <c r="A29" s="167"/>
       <c r="B29" s="28" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="32">
         <v>16</v>
       </c>
       <c r="D29" s="31">
         <v>16</v>
       </c>
       <c r="E29" s="31">
         <v>16</v>
       </c>
       <c r="F29" s="31">
         <v>16</v>
       </c>
       <c r="G29" s="31">
         <v>16</v>
       </c>
       <c r="H29" s="31">
         <v>16</v>
       </c>
       <c r="I29" s="31">
         <v>16</v>
       </c>
       <c r="J29" s="30">
         <v>16</v>
       </c>
       <c r="K29" s="30">
         <v>16</v>
       </c>
       <c r="L29" s="30">
         <v>16</v>
       </c>
       <c r="M29" s="31">
         <v>16</v>
       </c>
       <c r="N29" s="30">
         <v>16</v>
       </c>
       <c r="O29" s="29">
         <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:15" s="4" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="139"/>
+      <c r="A30" s="167"/>
       <c r="B30" s="28" t="s">
         <v>35</v>
       </c>
       <c r="C30" s="32">
         <v>16</v>
       </c>
       <c r="D30" s="31">
         <v>16</v>
       </c>
       <c r="E30" s="31">
         <v>16</v>
       </c>
       <c r="F30" s="31">
         <v>16</v>
       </c>
       <c r="G30" s="31">
         <v>16</v>
       </c>
       <c r="H30" s="31">
         <v>16</v>
       </c>
       <c r="I30" s="31">
         <v>16</v>
       </c>
       <c r="J30" s="30">
         <v>16</v>
       </c>
       <c r="K30" s="30">
         <v>16</v>
       </c>
       <c r="L30" s="30">
         <v>16</v>
       </c>
       <c r="M30" s="31">
         <v>16</v>
       </c>
       <c r="N30" s="30">
         <v>16</v>
       </c>
       <c r="O30" s="29">
         <v>16</v>
       </c>
     </row>
     <row r="31" spans="1:15" s="4" customFormat="1" ht="24.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="140"/>
+      <c r="A31" s="168"/>
       <c r="B31" s="28" t="s">
         <v>34</v>
       </c>
       <c r="C31" s="27">
         <v>16</v>
       </c>
       <c r="D31" s="26">
         <v>16</v>
       </c>
       <c r="E31" s="26">
         <v>16</v>
       </c>
       <c r="F31" s="26">
         <v>16</v>
       </c>
       <c r="G31" s="26">
         <v>16</v>
       </c>
       <c r="H31" s="26">
         <v>16</v>
       </c>
       <c r="I31" s="26">
         <v>16</v>
       </c>
       <c r="J31" s="25">