--- v0 (2025-10-07)
+++ v1 (2025-12-04)
@@ -1,82 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\STATUTORY PAPERWORK (forms, SOPs, Docs. etc)\Classification\Website\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\statutoryshell\STATUTORY PAPERWORK (forms, SOPs, Docs. etc)\Classification\Website\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{BD6245B0-813C-4823-B45B-4A341A99582B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5F8E1756-145F-4B1A-8955-7E3ED7FD9A47}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{85E7C03B-5CD1-4FD5-AA39-2F06A9670CCA}"/>
+    <workbookView xWindow="-29220" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{85E7C03B-5CD1-4FD5-AA39-2F06A9670CCA}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$1:$G$1</definedName>
+  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="334" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="358" uniqueCount="161">
   <si>
     <t>RMP ID</t>
   </si>
   <si>
     <t>Production Area</t>
   </si>
   <si>
     <t>Classification zone</t>
   </si>
   <si>
     <t>Species</t>
   </si>
   <si>
     <t>Sample Date</t>
   </si>
   <si>
     <t>E.coli/100g</t>
   </si>
   <si>
     <t>Statistical assessment outcome</t>
   </si>
   <si>
     <t>B030K</t>
   </si>
   <si>
@@ -494,50 +497,71 @@
     <t>Barrow Deep (O. edulis)</t>
   </si>
   <si>
     <t>B33BK</t>
   </si>
   <si>
     <t>Fal (Lower) - St Just (Mytilus spp.)</t>
   </si>
   <si>
     <t>B028B</t>
   </si>
   <si>
     <t>Dart</t>
   </si>
   <si>
     <t>Waddeton (C. gigas)</t>
   </si>
   <si>
     <t>B73AM</t>
   </si>
   <si>
     <t>Roach</t>
   </si>
   <si>
     <t>Inner Roach (M. mercenaria, C. gigas and O. edulis)</t>
+  </si>
+  <si>
+    <t>B006R</t>
+  </si>
+  <si>
+    <t>Blakeney</t>
+  </si>
+  <si>
+    <t>Wells-The Pool (Mytilus spp and C. edule)</t>
+  </si>
+  <si>
+    <t>&lt;180000</t>
+  </si>
+  <si>
+    <t>B020V</t>
+  </si>
+  <si>
+    <t>Portsmouth Harbour</t>
+  </si>
+  <si>
+    <t>Fareham Lake Middle ( O.edulis and C. gigas)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF00B050"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -562,52 +586,52 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -903,1582 +927,1696 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{95F52EA4-90A1-4107-98BC-BC4302C8279B}">
-  <dimension ref="A1:G66"/>
+  <dimension ref="A1:G71"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E12" sqref="E12"/>
+    <sheetView tabSelected="1" topLeftCell="B1" workbookViewId="0">
+      <selection activeCell="G3" sqref="G3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="16.42578125" customWidth="1"/>
     <col min="3" max="3" width="51.85546875" customWidth="1"/>
     <col min="5" max="5" width="19.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A2" s="6" t="s">
+      <c r="B2" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C2" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="D2" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E2" s="5">
+        <v>45932</v>
+      </c>
+      <c r="F2" s="4">
+        <v>330</v>
+      </c>
+      <c r="G2" s="4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B3" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="D3" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E3" s="5">
+        <v>45909</v>
+      </c>
+      <c r="F3" s="4">
+        <v>1100</v>
+      </c>
+      <c r="G3" s="4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B4" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" s="5">
+        <v>45902</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="G4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>154</v>
+      </c>
+      <c r="B5" t="s">
+        <v>155</v>
+      </c>
+      <c r="C5" t="s">
+        <v>156</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="7">
+        <v>45862</v>
+      </c>
+      <c r="F5" t="s">
+        <v>157</v>
+      </c>
+      <c r="G5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A6" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="B2" s="4" t="s">
+      <c r="B6" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="C2" s="6" t="s">
+      <c r="C6" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="D2" s="6" t="s">
+      <c r="D6" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="E2" s="5">
+      <c r="E6" s="5">
         <v>45847</v>
       </c>
-      <c r="F2" s="4">
+      <c r="F6" s="4">
         <v>7900</v>
       </c>
-      <c r="G2" s="4" t="s">
-[...4 lines deleted...]
-      <c r="A3" s="6" t="s">
+      <c r="G6" s="4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A7" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="C7" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E7" s="5">
+        <v>45840</v>
+      </c>
+      <c r="F7" s="4">
+        <v>54000</v>
+      </c>
+      <c r="G7" s="4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A8" s="6" t="s">
         <v>148</v>
       </c>
-      <c r="B3" s="4" t="s">
+      <c r="B8" s="4" t="s">
         <v>149</v>
       </c>
-      <c r="C3" s="6" t="s">
+      <c r="C8" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="D3" s="6" t="s">
+      <c r="D8" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="E3" s="5">
+      <c r="E8" s="5">
         <v>45817</v>
-      </c>
-[...113 lines deleted...]
-        <v>45602.36041666667</v>
       </c>
       <c r="F8" s="4">
         <v>54000</v>
       </c>
       <c r="G8" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A9" s="4" t="s">
-        <v>19</v>
+      <c r="A9" s="6" t="s">
+        <v>151</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>152</v>
+      </c>
+      <c r="C9" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>10</v>
       </c>
       <c r="E9" s="5">
-        <v>45581.520833333336</v>
+        <v>45726</v>
       </c>
       <c r="F9" s="4">
         <v>54000</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A10" s="4" t="s">
-        <v>22</v>
+      <c r="A10" s="6" t="s">
+        <v>136</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="C10" s="4" t="s">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="C10" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>38</v>
       </c>
       <c r="E10" s="5">
-        <v>45544.398611111108</v>
+        <v>45665</v>
       </c>
       <c r="F10" s="4">
-        <v>13000</v>
+        <v>780</v>
       </c>
       <c r="G10" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
-        <v>25</v>
+        <v>7</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="5">
-        <v>45544.336111111108</v>
+        <v>45637.5625</v>
       </c>
       <c r="F11" s="4">
         <v>54000</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="5">
-        <v>45538.604166666664</v>
+        <v>45602.625</v>
       </c>
       <c r="F12" s="4">
-        <v>13000</v>
+        <v>930</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="E13" s="5">
-        <v>45523.5</v>
+        <v>45602.36041666667</v>
       </c>
       <c r="F13" s="4">
-        <v>92000</v>
+        <v>54000</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="E14" s="5">
-        <v>45516.430555555555</v>
+        <v>45581.520833333336</v>
       </c>
       <c r="F14" s="4">
-        <v>4900</v>
+        <v>54000</v>
       </c>
       <c r="G14" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E15" s="5">
-        <v>45489.40625</v>
+        <v>45544.398611111108</v>
       </c>
       <c r="F15" s="4">
-        <v>3300</v>
+        <v>13000</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E16" s="5">
-        <v>45489.395833333336</v>
+        <v>45544.336111111108</v>
       </c>
       <c r="F16" s="4">
-        <v>3300</v>
+        <v>54000</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="5">
-        <v>45441.399305555555</v>
+        <v>45538.604166666664</v>
       </c>
       <c r="F17" s="4">
-        <v>24000</v>
+        <v>13000</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="C18" s="4" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="E18" s="5">
-        <v>45362.583333333336</v>
+        <v>45523.5</v>
       </c>
       <c r="F18" s="4">
-        <v>24000</v>
+        <v>92000</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="E19" s="5">
-        <v>45356.423611111109</v>
+        <v>45516.430555555555</v>
       </c>
       <c r="F19" s="4">
-        <v>3300</v>
+        <v>4900</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="D20" s="4" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="E20" s="5">
-        <v>45355.366666666669</v>
+        <v>45489.40625</v>
       </c>
       <c r="F20" s="4">
-        <v>780</v>
+        <v>3300</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E21" s="5">
-        <v>45330.472916666666</v>
+        <v>45489.395833333336</v>
       </c>
       <c r="F21" s="4">
-        <v>3100</v>
+        <v>3300</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
         <v>44</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="5">
-        <v>45271.635416666664</v>
+        <v>45441.399305555555</v>
       </c>
       <c r="F22" s="4">
-        <v>13000</v>
+        <v>24000</v>
       </c>
       <c r="G22" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="5">
-        <v>45265.439583333333</v>
+        <v>45362.583333333336</v>
       </c>
       <c r="F23" s="4">
-        <v>17000</v>
+        <v>24000</v>
       </c>
       <c r="G23" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>60</v>
+        <v>43</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="E24" s="5">
-        <v>45265.395833333336</v>
+        <v>45356.423611111109</v>
       </c>
       <c r="F24" s="4">
-        <v>13000</v>
+        <v>3300</v>
       </c>
       <c r="G24" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="E25" s="5">
-        <v>45237.427083333336</v>
+        <v>45355.366666666669</v>
       </c>
       <c r="F25" s="4">
-        <v>3100</v>
+        <v>780</v>
       </c>
       <c r="G25" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="B26" s="4" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="C26" s="4" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="D26" s="4" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="E26" s="5">
-        <v>45230.451388888891</v>
+        <v>45330.472916666666</v>
       </c>
       <c r="F26" s="4">
-        <v>3300</v>
+        <v>3100</v>
       </c>
       <c r="G26" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>8</v>
+        <v>45</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>66</v>
+        <v>46</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E27" s="5">
-        <v>45187.5</v>
+        <v>45271.635416666664</v>
       </c>
       <c r="F27" s="4">
-        <v>35000</v>
+        <v>13000</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="B28" s="4" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="C28" s="4" t="s">
-        <v>69</v>
+        <v>57</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="E28" s="5">
-        <v>45162.25</v>
+        <v>45265.439583333333</v>
       </c>
       <c r="F28" s="4">
-        <v>11000</v>
+        <v>17000</v>
       </c>
       <c r="G28" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>72</v>
+        <v>59</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>73</v>
+        <v>60</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="E29" s="5">
-        <v>45146.458333333336</v>
+        <v>45265.395833333336</v>
       </c>
       <c r="F29" s="4">
         <v>13000</v>
       </c>
       <c r="G29" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>75</v>
+        <v>40</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>76</v>
+        <v>43</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="5">
-        <v>45139.572916666664</v>
+        <v>45237.427083333336</v>
       </c>
       <c r="F30" s="4">
-        <v>13000</v>
+        <v>3100</v>
       </c>
       <c r="G30" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
-        <v>77</v>
+        <v>61</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>75</v>
+        <v>62</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="E31" s="5">
-        <v>45139.572916666664</v>
+        <v>45230.451388888891</v>
       </c>
       <c r="F31" s="4">
-        <v>13000</v>
+        <v>3300</v>
       </c>
       <c r="G31" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
-        <v>79</v>
+        <v>65</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="C32" s="4" t="s">
-        <v>80</v>
+        <v>66</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="E32" s="5">
-        <v>45119.291666666664</v>
+        <v>45187.5</v>
       </c>
       <c r="F32" s="4">
-        <v>11000</v>
+        <v>35000</v>
       </c>
       <c r="G32" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
-        <v>81</v>
+        <v>67</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>20</v>
+        <v>68</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>82</v>
+        <v>69</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="E33" s="5">
-        <v>45056.395833333336</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>45162.25</v>
+      </c>
+      <c r="F33" s="4">
+        <v>11000</v>
       </c>
       <c r="G33" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
-        <v>84</v>
+        <v>71</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="C34" s="4" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="E34" s="5">
-        <v>45055.510416666664</v>
+        <v>45146.458333333336</v>
       </c>
       <c r="F34" s="4">
-        <v>24000</v>
+        <v>13000</v>
       </c>
       <c r="G34" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
-        <v>86</v>
+        <v>74</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>36</v>
+        <v>75</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="5">
-        <v>45055.510416666664</v>
+        <v>45139.572916666664</v>
       </c>
       <c r="F35" s="4">
-        <v>35000</v>
+        <v>13000</v>
       </c>
       <c r="G35" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
-        <v>88</v>
+        <v>77</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>36</v>
+        <v>75</v>
       </c>
       <c r="C36" s="4" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="E36" s="5">
-        <v>45055.5</v>
+        <v>45139.572916666664</v>
       </c>
       <c r="F36" s="4">
-        <v>54000</v>
+        <v>13000</v>
       </c>
       <c r="G36" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
-        <v>90</v>
+        <v>79</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E37" s="5">
-        <v>45055.479166666664</v>
+        <v>45119.291666666664</v>
       </c>
       <c r="F37" s="4">
-        <v>35000</v>
+        <v>11000</v>
       </c>
       <c r="G37" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
-        <v>92</v>
+        <v>81</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="C38" s="4" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="5">
-        <v>45055.472222222219</v>
-[...2 lines deleted...]
-        <v>92000</v>
+        <v>45056.395833333336</v>
+      </c>
+      <c r="F38" s="4" t="s">
+        <v>83</v>
       </c>
       <c r="G38" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="E39" s="5">
-        <v>45055.458333333336</v>
+        <v>45055.510416666664</v>
       </c>
       <c r="F39" s="4">
-        <v>92000</v>
+        <v>24000</v>
       </c>
       <c r="G39" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C40" s="4" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="E40" s="5">
-        <v>45055.458333333336</v>
+        <v>45055.510416666664</v>
       </c>
       <c r="F40" s="4">
-        <v>54000</v>
+        <v>35000</v>
       </c>
       <c r="G40" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>99</v>
+        <v>89</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>38</v>
       </c>
       <c r="E41" s="5">
-        <v>45055.447916666664</v>
+        <v>45055.5</v>
       </c>
       <c r="F41" s="4">
         <v>54000</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C42" s="4" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>38</v>
       </c>
       <c r="E42" s="5">
-        <v>45055.4375</v>
+        <v>45055.479166666664</v>
       </c>
       <c r="F42" s="4">
-        <v>54000</v>
+        <v>35000</v>
       </c>
       <c r="G42" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>103</v>
+        <v>36</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>105</v>
+        <v>15</v>
       </c>
       <c r="E43" s="5">
-        <v>44930.416666666664</v>
+        <v>45055.472222222219</v>
       </c>
       <c r="F43" s="4">
-        <v>35000</v>
+        <v>92000</v>
       </c>
       <c r="G43" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="B44" s="4" t="s">
-        <v>107</v>
+        <v>36</v>
       </c>
       <c r="C44" s="4" t="s">
-        <v>108</v>
+        <v>95</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="5">
-        <v>44887.628472222219</v>
+        <v>45055.458333333336</v>
       </c>
       <c r="F44" s="4">
-        <v>1300</v>
+        <v>92000</v>
       </c>
       <c r="G44" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
-        <v>109</v>
+        <v>96</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>110</v>
+        <v>36</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>111</v>
+        <v>97</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="E45" s="5">
-        <v>44881.336805555555</v>
+        <v>45055.458333333336</v>
       </c>
       <c r="F45" s="4">
-        <v>24000</v>
+        <v>54000</v>
       </c>
       <c r="G45" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
-        <v>112</v>
+        <v>98</v>
       </c>
       <c r="B46" s="4" t="s">
-        <v>113</v>
+        <v>36</v>
       </c>
       <c r="C46" s="4" t="s">
-        <v>114</v>
+        <v>99</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="E46" s="5">
-        <v>44874.520833333336</v>
+        <v>45055.447916666664</v>
       </c>
       <c r="F46" s="4">
-        <v>1700</v>
+        <v>54000</v>
       </c>
       <c r="G46" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
-        <v>115</v>
+        <v>100</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>116</v>
+        <v>36</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>117</v>
+        <v>101</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="E47" s="5">
-        <v>44811.423611111109</v>
+        <v>45055.4375</v>
       </c>
       <c r="F47" s="4">
-        <v>13000</v>
+        <v>54000</v>
       </c>
       <c r="G47" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
-        <v>118</v>
+        <v>102</v>
       </c>
       <c r="B48" s="4" t="s">
-        <v>119</v>
+        <v>103</v>
       </c>
       <c r="C48" s="4" t="s">
-        <v>120</v>
+        <v>104</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="E48" s="5">
-        <v>44782.479166666664</v>
+        <v>44930.416666666664</v>
       </c>
       <c r="F48" s="4">
-        <v>54000</v>
+        <v>35000</v>
       </c>
       <c r="G48" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
-        <v>121</v>
+        <v>106</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>123</v>
+        <v>108</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="5">
-        <v>44573.395833333336</v>
+        <v>44887.628472222219</v>
       </c>
       <c r="F49" s="4">
-        <v>3300</v>
+        <v>1300</v>
       </c>
       <c r="G49" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
-        <v>124</v>
+        <v>109</v>
       </c>
       <c r="B50" s="4" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="C50" s="4" t="s">
-        <v>126</v>
+        <v>111</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E50" s="5">
-        <v>44517.395833333336</v>
+        <v>44881.336805555555</v>
       </c>
       <c r="F50" s="4">
-        <v>780</v>
+        <v>24000</v>
       </c>
       <c r="G50" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
-        <v>127</v>
+        <v>112</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>128</v>
+        <v>114</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="E51" s="5">
-        <v>44481.430555555555</v>
+        <v>44874.520833333336</v>
       </c>
       <c r="F51" s="4">
-        <v>54000</v>
+        <v>1700</v>
       </c>
       <c r="G51" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="B52" s="4" t="s">
-        <v>68</v>
+        <v>116</v>
       </c>
       <c r="C52" s="4" t="s">
-        <v>69</v>
+        <v>117</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="E52" s="5">
-        <v>44419.375</v>
+        <v>44811.423611111109</v>
       </c>
       <c r="F52" s="4">
-        <v>4600</v>
+        <v>13000</v>
       </c>
       <c r="G52" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
-        <v>129</v>
+        <v>118</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>130</v>
+        <v>119</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="E53" s="5">
-        <v>44416.458333333336</v>
+        <v>44782.479166666664</v>
       </c>
       <c r="F53" s="4">
-        <v>2300</v>
+        <v>54000</v>
       </c>
       <c r="G53" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
-        <v>132</v>
+        <v>121</v>
       </c>
       <c r="B54" s="4" t="s">
-        <v>72</v>
+        <v>122</v>
       </c>
       <c r="C54" s="4" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
       <c r="D54" s="4" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="E54" s="5">
-        <v>44391.444444444445</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>44573.395833333336</v>
+      </c>
+      <c r="F54" s="4">
+        <v>3300</v>
       </c>
       <c r="G54" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
-        <v>84</v>
+        <v>124</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>36</v>
+        <v>125</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>85</v>
+        <v>126</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>38</v>
       </c>
       <c r="E55" s="5">
-        <v>44390.513888888891</v>
+        <v>44517.395833333336</v>
       </c>
       <c r="F55" s="4">
-        <v>13000</v>
+        <v>780</v>
       </c>
       <c r="G55" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="B56" s="4" t="s">
-        <v>62</v>
+        <v>110</v>
       </c>
       <c r="C56" s="4" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="E56" s="5">
-        <v>44236.427083333336</v>
+        <v>44481.430555555555</v>
       </c>
       <c r="F56" s="4">
-        <v>13000</v>
+        <v>54000</v>
       </c>
       <c r="G56" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
-        <v>136</v>
+        <v>67</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>137</v>
+        <v>69</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="E57" s="5">
-        <v>44083.447916666664</v>
+        <v>44419.375</v>
       </c>
       <c r="F57" s="4">
-        <v>1300</v>
+        <v>4600</v>
       </c>
       <c r="G57" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
-        <v>50</v>
+        <v>129</v>
       </c>
       <c r="B58" s="4" t="s">
-        <v>23</v>
+        <v>130</v>
       </c>
       <c r="C58" s="4" t="s">
-        <v>51</v>
+        <v>131</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="E58" s="5">
-        <v>44048.340277777781</v>
+        <v>44416.458333333336</v>
       </c>
       <c r="F58" s="4">
         <v>2300</v>
       </c>
       <c r="G58" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="E59" s="5">
-        <v>44040.385416666664</v>
-[...2 lines deleted...]
-        <v>3300</v>
+        <v>44391.444444444445</v>
+      </c>
+      <c r="F59" s="4" t="s">
+        <v>83</v>
       </c>
       <c r="G59" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
-        <v>140</v>
+        <v>84</v>
       </c>
       <c r="B60" s="4" t="s">
-        <v>113</v>
+        <v>36</v>
       </c>
       <c r="C60" s="4" t="s">
-        <v>141</v>
+        <v>85</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="E60" s="5">
-        <v>43843.569444444445</v>
+        <v>44390.513888888891</v>
       </c>
       <c r="F60" s="4">
-        <v>1700</v>
+        <v>13000</v>
       </c>
       <c r="G60" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
-        <v>55</v>
+        <v>134</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>57</v>
+        <v>135</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E61" s="5">
-        <v>43774.395833333336</v>
+        <v>44236.427083333336</v>
       </c>
       <c r="F61" s="4">
         <v>13000</v>
       </c>
       <c r="G61" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
-        <v>79</v>
+        <v>136</v>
       </c>
       <c r="B62" s="4" t="s">
         <v>23</v>
       </c>
       <c r="C62" s="4" t="s">
-        <v>80</v>
+        <v>137</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="E62" s="5">
-        <v>43761.583333333336</v>
+        <v>44083.447916666664</v>
       </c>
       <c r="F62" s="4">
-        <v>4900</v>
+        <v>1300</v>
       </c>
       <c r="G62" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
-        <v>106</v>
+        <v>50</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>107</v>
+        <v>23</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>108</v>
+        <v>51</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="E63" s="5">
-        <v>43752.53125</v>
+        <v>44048.340277777781</v>
       </c>
       <c r="F63" s="4">
-        <v>3300</v>
+        <v>2300</v>
       </c>
       <c r="G63" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="64" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="B64" s="4" t="s">
-        <v>107</v>
+        <v>40</v>
       </c>
       <c r="C64" s="4" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="5">
-        <v>43389.385416666664</v>
+        <v>44040.385416666664</v>
       </c>
       <c r="F64" s="4">
-        <v>35000</v>
+        <v>3300</v>
       </c>
       <c r="G64" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>68</v>
+        <v>113</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="E65" s="5">
-        <v>43381.291666666664</v>
+        <v>43843.569444444445</v>
       </c>
       <c r="F65" s="4">
-        <v>1300</v>
+        <v>1700</v>
       </c>
       <c r="G65" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
-        <v>146</v>
+        <v>55</v>
       </c>
       <c r="B66" s="4" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="C66" s="4" t="s">
-        <v>147</v>
+        <v>57</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="5">
+        <v>43774.395833333336</v>
+      </c>
+      <c r="F66" s="4">
+        <v>13000</v>
+      </c>
+      <c r="G66" s="4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A67" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="B67" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C67" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E67" s="5">
+        <v>43761.583333333336</v>
+      </c>
+      <c r="F67" s="4">
+        <v>4900</v>
+      </c>
+      <c r="G67" s="4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A68" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="B68" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="C68" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="D68" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="5">
+        <v>43752.53125</v>
+      </c>
+      <c r="F68" s="4">
+        <v>3300</v>
+      </c>
+      <c r="G68" s="4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A69" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="B69" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="C69" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="5">
+        <v>43389.385416666664</v>
+      </c>
+      <c r="F69" s="4">
+        <v>35000</v>
+      </c>
+      <c r="G69" s="4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A70" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="B70" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C70" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E70" s="5">
+        <v>43381.291666666664</v>
+      </c>
+      <c r="F70" s="4">
+        <v>1300</v>
+      </c>
+      <c r="G70" s="4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A71" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="B71" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C71" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="D71" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="5">
         <v>43333.465277777781</v>
       </c>
-      <c r="F66" s="4">
+      <c r="F71" s="4">
         <v>11000</v>
       </c>
-      <c r="G66" s="4" t="s">
+      <c r="G71" s="4" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
+  <autoFilter ref="A1:G1" xr:uid="{95F52EA4-90A1-4107-98BC-BC4302C8279B}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G69">
+      <sortCondition descending="1" ref="E1"/>
+    </sortState>
+  </autoFilter>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G71">
+    <sortCondition descending="1" ref="E2:E71"/>
+  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>