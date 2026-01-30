--- v1 (2025-12-04)
+++ v2 (2026-01-30)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\statutoryshell\STATUTORY PAPERWORK (forms, SOPs, Docs. etc)\Classification\Website\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\STATUTORY PAPERWORK (forms, SOPs, Docs. etc)\Classification\Website\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5F8E1756-145F-4B1A-8955-7E3ED7FD9A47}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5D1B0791-58AC-48B6-ACE4-F596F670866F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-29220" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{85E7C03B-5CD1-4FD5-AA39-2F06A9670CCA}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{85E7C03B-5CD1-4FD5-AA39-2F06A9670CCA}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$1:$G$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="358" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="362" uniqueCount="162">
   <si>
     <t>RMP ID</t>
   </si>
   <si>
     <t>Production Area</t>
   </si>
   <si>
     <t>Classification zone</t>
   </si>
   <si>
     <t>Species</t>
   </si>
   <si>
     <t>Sample Date</t>
   </si>
   <si>
     <t>E.coli/100g</t>
   </si>
   <si>
     <t>Statistical assessment outcome</t>
   </si>
   <si>
     <t>B030K</t>
   </si>
   <si>
@@ -518,50 +518,53 @@
     <t>Roach</t>
   </si>
   <si>
     <t>Inner Roach (M. mercenaria, C. gigas and O. edulis)</t>
   </si>
   <si>
     <t>B006R</t>
   </si>
   <si>
     <t>Blakeney</t>
   </si>
   <si>
     <t>Wells-The Pool (Mytilus spp and C. edule)</t>
   </si>
   <si>
     <t>&lt;180000</t>
   </si>
   <si>
     <t>B020V</t>
   </si>
   <si>
     <t>Portsmouth Harbour</t>
   </si>
   <si>
     <t>Fareham Lake Middle ( O.edulis and C. gigas)</t>
+  </si>
+  <si>
+    <t>Phoenix   (C. ed)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF00B050"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -927,1695 +930,1716 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{95F52EA4-90A1-4107-98BC-BC4302C8279B}">
-  <dimension ref="A1:G71"/>
+  <dimension ref="A1:G72"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" workbookViewId="0">
-      <selection activeCell="G3" sqref="G3"/>
+      <selection activeCell="D2" sqref="D2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="16.42578125" customWidth="1"/>
     <col min="3" max="3" width="51.85546875" customWidth="1"/>
     <col min="5" max="5" width="19.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="1"/>
       <c r="B2" s="4" t="s">
         <v>68</v>
       </c>
       <c r="C2" s="4" t="s">
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E2" s="5">
-        <v>45932</v>
+        <v>45908.5</v>
       </c>
       <c r="F2" s="4">
-        <v>330</v>
+        <v>7900</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B3" s="4" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="C3" s="4" t="s">
-        <v>51</v>
+        <v>145</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>38</v>
       </c>
       <c r="E3" s="5">
-        <v>45909</v>
+        <v>45932</v>
       </c>
       <c r="F3" s="4">
-        <v>1100</v>
+        <v>330</v>
       </c>
       <c r="G3" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B4" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" s="5">
+        <v>45909</v>
+      </c>
+      <c r="F4" s="4">
+        <v>1100</v>
+      </c>
+      <c r="G4" s="4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B5" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C5" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="D5" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="E4" s="5">
+      <c r="E5" s="5">
         <v>45902</v>
       </c>
-      <c r="F4" s="4" t="s">
+      <c r="F5" s="4" t="s">
         <v>157</v>
       </c>
-      <c r="G4" t="s">
-[...4 lines deleted...]
-      <c r="A5" t="s">
+      <c r="G5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
         <v>154</v>
       </c>
-      <c r="B5" t="s">
+      <c r="B6" t="s">
         <v>155</v>
       </c>
-      <c r="C5" t="s">
+      <c r="C6" t="s">
         <v>156</v>
       </c>
-      <c r="D5" t="s">
+      <c r="D6" t="s">
         <v>15</v>
       </c>
-      <c r="E5" s="7">
+      <c r="E6" s="7">
         <v>45862</v>
       </c>
-      <c r="F5" t="s">
+      <c r="F6" t="s">
         <v>157</v>
       </c>
-      <c r="G5" t="s">
-[...22 lines deleted...]
-      <c r="G6" s="4" t="s">
+      <c r="G6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="6" t="s">
-        <v>158</v>
+        <v>52</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>159</v>
+        <v>53</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>160</v>
+        <v>54</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="E7" s="5">
-        <v>45840</v>
+        <v>45847</v>
       </c>
       <c r="F7" s="4">
-        <v>54000</v>
+        <v>7900</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="E8" s="5">
-        <v>45817</v>
+        <v>45840</v>
       </c>
       <c r="F8" s="4">
         <v>54000</v>
       </c>
       <c r="G8" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="6" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C9" s="6" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="5">
-        <v>45726</v>
+        <v>45817</v>
       </c>
       <c r="F9" s="4">
         <v>54000</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="B10" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" s="5">
+        <v>45726</v>
+      </c>
+      <c r="F10" s="4">
+        <v>54000</v>
+      </c>
+      <c r="G10" s="4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A11" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="B10" s="4" t="s">
+      <c r="B11" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="C10" s="6" t="s">
+      <c r="C11" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="D10" s="6" t="s">
+      <c r="D11" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="E10" s="5">
+      <c r="E11" s="5">
         <v>45665</v>
       </c>
-      <c r="F10" s="4">
+      <c r="F11" s="4">
         <v>780</v>
-      </c>
-[...21 lines deleted...]
-        <v>54000</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D12" s="4" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E12" s="5">
-        <v>45602.625</v>
+        <v>45637.5625</v>
       </c>
       <c r="F12" s="4">
-        <v>930</v>
+        <v>54000</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="5">
-        <v>45602.36041666667</v>
+        <v>45602.625</v>
       </c>
       <c r="F13" s="4">
-        <v>54000</v>
+        <v>930</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="5">
-        <v>45581.520833333336</v>
+        <v>45602.36041666667</v>
       </c>
       <c r="F14" s="4">
         <v>54000</v>
       </c>
       <c r="G14" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E15" s="5">
-        <v>45544.398611111108</v>
+        <v>45581.520833333336</v>
       </c>
       <c r="F15" s="4">
-        <v>13000</v>
+        <v>54000</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="5">
-        <v>45544.336111111108</v>
+        <v>45544.398611111108</v>
       </c>
       <c r="F16" s="4">
-        <v>54000</v>
+        <v>13000</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E17" s="5">
-        <v>45538.604166666664</v>
+        <v>45544.336111111108</v>
       </c>
       <c r="F17" s="4">
-        <v>13000</v>
+        <v>54000</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="C18" s="4" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="E18" s="5">
-        <v>45523.5</v>
+        <v>45538.604166666664</v>
       </c>
       <c r="F18" s="4">
-        <v>92000</v>
+        <v>13000</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E19" s="5">
-        <v>45516.430555555555</v>
+        <v>45523.5</v>
       </c>
       <c r="F19" s="4">
-        <v>4900</v>
+        <v>92000</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D20" s="4" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="E20" s="5">
-        <v>45489.40625</v>
+        <v>45516.430555555555</v>
       </c>
       <c r="F20" s="4">
-        <v>3300</v>
+        <v>4900</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="5">
-        <v>45489.395833333336</v>
+        <v>45489.40625</v>
       </c>
       <c r="F21" s="4">
         <v>3300</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="C22" s="4" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="5">
-        <v>45441.399305555555</v>
+        <v>45489.395833333336</v>
       </c>
       <c r="F22" s="4">
-        <v>24000</v>
+        <v>3300</v>
       </c>
       <c r="G22" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="5">
-        <v>45362.583333333336</v>
+        <v>45441.399305555555</v>
       </c>
       <c r="F23" s="4">
         <v>24000</v>
       </c>
       <c r="G23" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="5">
-        <v>45356.423611111109</v>
+        <v>45362.583333333336</v>
       </c>
       <c r="F24" s="4">
-        <v>3300</v>
+        <v>24000</v>
       </c>
       <c r="G24" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="E25" s="5">
-        <v>45355.366666666669</v>
+        <v>45356.423611111109</v>
       </c>
       <c r="F25" s="4">
-        <v>780</v>
+        <v>3300</v>
       </c>
       <c r="G25" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B26" s="4" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="C26" s="4" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D26" s="4" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="E26" s="5">
-        <v>45330.472916666666</v>
+        <v>45355.366666666669</v>
       </c>
       <c r="F26" s="4">
-        <v>3100</v>
+        <v>780</v>
       </c>
       <c r="G26" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E27" s="5">
-        <v>45271.635416666664</v>
+        <v>45330.472916666666</v>
       </c>
       <c r="F27" s="4">
-        <v>13000</v>
+        <v>3100</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="B28" s="4" t="s">
-        <v>56</v>
+        <v>45</v>
       </c>
       <c r="C28" s="4" t="s">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="5">
-        <v>45265.439583333333</v>
+        <v>45271.635416666664</v>
       </c>
       <c r="F28" s="4">
-        <v>17000</v>
+        <v>13000</v>
       </c>
       <c r="G28" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="E29" s="5">
-        <v>45265.395833333336</v>
+        <v>45265.439583333333</v>
       </c>
       <c r="F29" s="4">
-        <v>13000</v>
+        <v>17000</v>
       </c>
       <c r="G29" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="E30" s="5">
-        <v>45237.427083333336</v>
+        <v>45265.395833333336</v>
       </c>
       <c r="F30" s="4">
-        <v>3100</v>
+        <v>13000</v>
       </c>
       <c r="G30" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
-        <v>61</v>
+        <v>42</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>62</v>
+        <v>40</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>64</v>
+        <v>15</v>
       </c>
       <c r="E31" s="5">
-        <v>45230.451388888891</v>
+        <v>45237.427083333336</v>
       </c>
       <c r="F31" s="4">
-        <v>3300</v>
+        <v>3100</v>
       </c>
       <c r="G31" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>8</v>
+        <v>62</v>
       </c>
       <c r="C32" s="4" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="E32" s="5">
-        <v>45187.5</v>
+        <v>45230.451388888891</v>
       </c>
       <c r="F32" s="4">
-        <v>35000</v>
+        <v>3300</v>
       </c>
       <c r="G32" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>68</v>
+        <v>8</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="E33" s="5">
-        <v>45162.25</v>
+        <v>45187.5</v>
       </c>
       <c r="F33" s="4">
-        <v>11000</v>
+        <v>35000</v>
       </c>
       <c r="G33" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="C34" s="4" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="E34" s="5">
-        <v>45146.458333333336</v>
+        <v>45162.25</v>
       </c>
       <c r="F34" s="4">
-        <v>13000</v>
+        <v>11000</v>
       </c>
       <c r="G34" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E35" s="5">
-        <v>45139.572916666664</v>
+        <v>45146.458333333336</v>
       </c>
       <c r="F35" s="4">
         <v>13000</v>
       </c>
       <c r="G35" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="B36" s="4" t="s">
         <v>75</v>
       </c>
       <c r="C36" s="4" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E36" s="5">
         <v>45139.572916666664</v>
       </c>
       <c r="F36" s="4">
         <v>13000</v>
       </c>
       <c r="G36" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>23</v>
+        <v>75</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="E37" s="5">
-        <v>45119.291666666664</v>
+        <v>45139.572916666664</v>
       </c>
       <c r="F37" s="4">
-        <v>11000</v>
+        <v>13000</v>
       </c>
       <c r="G37" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C38" s="4" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="E38" s="5">
-        <v>45056.395833333336</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>45119.291666666664</v>
+      </c>
+      <c r="F38" s="4">
+        <v>11000</v>
       </c>
       <c r="G38" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="E39" s="5">
-        <v>45055.510416666664</v>
-[...2 lines deleted...]
-        <v>24000</v>
+        <v>45056.395833333336</v>
+      </c>
+      <c r="F39" s="4" t="s">
+        <v>83</v>
       </c>
       <c r="G39" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C40" s="4" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="E40" s="5">
         <v>45055.510416666664</v>
       </c>
       <c r="F40" s="4">
-        <v>35000</v>
+        <v>24000</v>
       </c>
       <c r="G40" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="E41" s="5">
-        <v>45055.5</v>
+        <v>45055.510416666664</v>
       </c>
       <c r="F41" s="4">
-        <v>54000</v>
+        <v>35000</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C42" s="4" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>38</v>
       </c>
       <c r="E42" s="5">
-        <v>45055.479166666664</v>
+        <v>45055.5</v>
       </c>
       <c r="F42" s="4">
-        <v>35000</v>
+        <v>54000</v>
       </c>
       <c r="G42" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="E43" s="5">
-        <v>45055.472222222219</v>
+        <v>45055.479166666664</v>
       </c>
       <c r="F43" s="4">
-        <v>92000</v>
+        <v>35000</v>
       </c>
       <c r="G43" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C44" s="4" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="5">
-        <v>45055.458333333336</v>
+        <v>45055.472222222219</v>
       </c>
       <c r="F44" s="4">
         <v>92000</v>
       </c>
       <c r="G44" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="E45" s="5">
         <v>45055.458333333336</v>
       </c>
       <c r="F45" s="4">
-        <v>54000</v>
+        <v>92000</v>
       </c>
       <c r="G45" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B46" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C46" s="4" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>38</v>
       </c>
       <c r="E46" s="5">
-        <v>45055.447916666664</v>
+        <v>45055.458333333336</v>
       </c>
       <c r="F46" s="4">
         <v>54000</v>
       </c>
       <c r="G46" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>38</v>
       </c>
       <c r="E47" s="5">
-        <v>45055.4375</v>
+        <v>45055.447916666664</v>
       </c>
       <c r="F47" s="4">
         <v>54000</v>
       </c>
       <c r="G47" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B48" s="4" t="s">
-        <v>103</v>
+        <v>36</v>
       </c>
       <c r="C48" s="4" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>105</v>
+        <v>38</v>
       </c>
       <c r="E48" s="5">
-        <v>44930.416666666664</v>
+        <v>45055.4375</v>
       </c>
       <c r="F48" s="4">
-        <v>35000</v>
+        <v>54000</v>
       </c>
       <c r="G48" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>15</v>
+        <v>105</v>
       </c>
       <c r="E49" s="5">
-        <v>44887.628472222219</v>
+        <v>44930.416666666664</v>
       </c>
       <c r="F49" s="4">
-        <v>1300</v>
+        <v>35000</v>
       </c>
       <c r="G49" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="B50" s="4" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="C50" s="4" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="E50" s="5">
-        <v>44881.336805555555</v>
+        <v>44887.628472222219</v>
       </c>
       <c r="F50" s="4">
-        <v>24000</v>
+        <v>1300</v>
       </c>
       <c r="G50" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="E51" s="5">
-        <v>44874.520833333336</v>
+        <v>44881.336805555555</v>
       </c>
       <c r="F51" s="4">
-        <v>1700</v>
+        <v>24000</v>
       </c>
       <c r="G51" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B52" s="4" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C52" s="4" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E52" s="5">
-        <v>44811.423611111109</v>
+        <v>44874.520833333336</v>
       </c>
       <c r="F52" s="4">
-        <v>13000</v>
+        <v>1700</v>
       </c>
       <c r="G52" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="E53" s="5">
-        <v>44782.479166666664</v>
+        <v>44811.423611111109</v>
       </c>
       <c r="F53" s="4">
-        <v>54000</v>
+        <v>13000</v>
       </c>
       <c r="G53" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="B54" s="4" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C54" s="4" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="D54" s="4" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="E54" s="5">
-        <v>44573.395833333336</v>
+        <v>44782.479166666664</v>
       </c>
       <c r="F54" s="4">
-        <v>3300</v>
+        <v>54000</v>
       </c>
       <c r="G54" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="E55" s="5">
-        <v>44517.395833333336</v>
+        <v>44573.395833333336</v>
       </c>
       <c r="F55" s="4">
-        <v>780</v>
+        <v>3300</v>
       </c>
       <c r="G55" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B56" s="4" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="C56" s="4" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="E56" s="5">
-        <v>44481.430555555555</v>
+        <v>44517.395833333336</v>
       </c>
       <c r="F56" s="4">
-        <v>54000</v>
+        <v>780</v>
       </c>
       <c r="G56" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
-        <v>67</v>
+        <v>127</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>68</v>
+        <v>110</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>69</v>
+        <v>128</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="E57" s="5">
-        <v>44419.375</v>
+        <v>44481.430555555555</v>
       </c>
       <c r="F57" s="4">
-        <v>4600</v>
+        <v>54000</v>
       </c>
       <c r="G57" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
-        <v>129</v>
+        <v>67</v>
       </c>
       <c r="B58" s="4" t="s">
-        <v>130</v>
+        <v>68</v>
       </c>
       <c r="C58" s="4" t="s">
-        <v>131</v>
+        <v>69</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="E58" s="5">
-        <v>44416.458333333336</v>
+        <v>44419.375</v>
       </c>
       <c r="F58" s="4">
-        <v>2300</v>
+        <v>4600</v>
       </c>
       <c r="G58" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="E59" s="5">
-        <v>44391.444444444445</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>44416.458333333336</v>
+      </c>
+      <c r="F59" s="4">
+        <v>2300</v>
       </c>
       <c r="G59" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
-        <v>84</v>
+        <v>132</v>
       </c>
       <c r="B60" s="4" t="s">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="C60" s="4" t="s">
-        <v>85</v>
+        <v>133</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E60" s="5">
-        <v>44390.513888888891</v>
-[...2 lines deleted...]
-        <v>13000</v>
+        <v>44391.444444444445</v>
+      </c>
+      <c r="F60" s="4" t="s">
+        <v>83</v>
       </c>
       <c r="G60" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
-        <v>134</v>
+        <v>84</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>62</v>
+        <v>36</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>135</v>
+        <v>85</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="E61" s="5">
-        <v>44236.427083333336</v>
+        <v>44390.513888888891</v>
       </c>
       <c r="F61" s="4">
         <v>13000</v>
       </c>
       <c r="G61" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B62" s="4" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="C62" s="4" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="E62" s="5">
-        <v>44083.447916666664</v>
+        <v>44236.427083333336</v>
       </c>
       <c r="F62" s="4">
-        <v>1300</v>
+        <v>13000</v>
       </c>
       <c r="G62" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
-        <v>50</v>
+        <v>136</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>23</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>51</v>
+        <v>137</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>38</v>
       </c>
       <c r="E63" s="5">
-        <v>44048.340277777781</v>
+        <v>44083.447916666664</v>
       </c>
       <c r="F63" s="4">
-        <v>2300</v>
+        <v>1300</v>
       </c>
       <c r="G63" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="64" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
-        <v>138</v>
+        <v>50</v>
       </c>
       <c r="B64" s="4" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="C64" s="4" t="s">
-        <v>139</v>
+        <v>51</v>
       </c>
       <c r="D64" s="4" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="E64" s="5">
-        <v>44040.385416666664</v>
+        <v>44048.340277777781</v>
       </c>
       <c r="F64" s="4">
-        <v>3300</v>
+        <v>2300</v>
       </c>
       <c r="G64" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>113</v>
+        <v>40</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E65" s="5">
-        <v>43843.569444444445</v>
+        <v>44040.385416666664</v>
       </c>
       <c r="F65" s="4">
-        <v>1700</v>
+        <v>3300</v>
       </c>
       <c r="G65" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
-        <v>55</v>
+        <v>140</v>
       </c>
       <c r="B66" s="4" t="s">
-        <v>56</v>
+        <v>113</v>
       </c>
       <c r="C66" s="4" t="s">
-        <v>57</v>
+        <v>141</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E66" s="5">
-        <v>43774.395833333336</v>
+        <v>43843.569444444445</v>
       </c>
       <c r="F66" s="4">
-        <v>13000</v>
+        <v>1700</v>
       </c>
       <c r="G66" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="67" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="E67" s="5">
-        <v>43761.583333333336</v>
+        <v>43774.395833333336</v>
       </c>
       <c r="F67" s="4">
-        <v>4900</v>
+        <v>13000</v>
       </c>
       <c r="G67" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
-        <v>106</v>
+        <v>79</v>
       </c>
       <c r="B68" s="4" t="s">
-        <v>107</v>
+        <v>23</v>
       </c>
       <c r="C68" s="4" t="s">
-        <v>108</v>
+        <v>80</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="E68" s="5">
-        <v>43752.53125</v>
+        <v>43761.583333333336</v>
       </c>
       <c r="F68" s="4">
-        <v>3300</v>
+        <v>4900</v>
       </c>
       <c r="G68" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
-        <v>142</v>
+        <v>106</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>107</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>143</v>
+        <v>108</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="5">
-        <v>43389.385416666664</v>
+        <v>43752.53125</v>
       </c>
       <c r="F69" s="4">
-        <v>35000</v>
+        <v>3300</v>
       </c>
       <c r="G69" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="B70" s="4" t="s">
-        <v>68</v>
+        <v>107</v>
       </c>
       <c r="C70" s="4" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="E70" s="5">
-        <v>43381.291666666664</v>
+        <v>43389.385416666664</v>
       </c>
       <c r="F70" s="4">
-        <v>1300</v>
+        <v>35000</v>
       </c>
       <c r="G70" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="B71" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C71" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="D71" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E71" s="5">
+        <v>43381.291666666664</v>
+      </c>
+      <c r="F71" s="4">
+        <v>1300</v>
+      </c>
+      <c r="G71" s="4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A72" s="4" t="s">
         <v>146</v>
       </c>
-      <c r="B71" s="4" t="s">
+      <c r="B72" s="4" t="s">
         <v>36</v>
       </c>
-      <c r="C71" s="4" t="s">
+      <c r="C72" s="4" t="s">
         <v>147</v>
       </c>
-      <c r="D71" s="4" t="s">
+      <c r="D72" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="E71" s="5">
+      <c r="E72" s="5">
         <v>43333.465277777781</v>
       </c>
-      <c r="F71" s="4">
+      <c r="F72" s="4">
         <v>11000</v>
       </c>
-      <c r="G71" s="4" t="s">
+      <c r="G72" s="4" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:G1" xr:uid="{95F52EA4-90A1-4107-98BC-BC4302C8279B}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G69">
       <sortCondition descending="1" ref="E1"/>
     </sortState>
   </autoFilter>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G71">
-    <sortCondition descending="1" ref="E2:E71"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:G72">
+    <sortCondition descending="1" ref="E3:E72"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>