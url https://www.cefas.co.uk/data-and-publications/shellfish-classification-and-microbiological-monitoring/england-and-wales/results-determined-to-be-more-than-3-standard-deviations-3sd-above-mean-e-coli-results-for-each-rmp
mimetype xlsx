--- v2 (2026-01-30)
+++ v3 (2026-02-20)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\STATUTORY PAPERWORK (forms, SOPs, Docs. etc)\Classification\Website\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{5D1B0791-58AC-48B6-ACE4-F596F670866F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{112319BC-7B9C-4A5D-AEF5-1611672CA12F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{85E7C03B-5CD1-4FD5-AA39-2F06A9670CCA}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$1:$G$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="362" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="366" uniqueCount="163">
   <si>
     <t>RMP ID</t>
   </si>
   <si>
     <t>Production Area</t>
   </si>
   <si>
     <t>Classification zone</t>
   </si>
   <si>
     <t>Species</t>
   </si>
   <si>
     <t>Sample Date</t>
   </si>
   <si>
     <t>E.coli/100g</t>
   </si>
   <si>
     <t>Statistical assessment outcome</t>
   </si>
   <si>
     <t>B030K</t>
   </si>
   <si>
@@ -521,50 +521,53 @@
     <t>Inner Roach (M. mercenaria, C. gigas and O. edulis)</t>
   </si>
   <si>
     <t>B006R</t>
   </si>
   <si>
     <t>Blakeney</t>
   </si>
   <si>
     <t>Wells-The Pool (Mytilus spp and C. edule)</t>
   </si>
   <si>
     <t>&lt;180000</t>
   </si>
   <si>
     <t>B020V</t>
   </si>
   <si>
     <t>Portsmouth Harbour</t>
   </si>
   <si>
     <t>Fareham Lake Middle ( O.edulis and C. gigas)</t>
   </si>
   <si>
     <t>Phoenix   (C. ed)</t>
+  </si>
+  <si>
+    <t>B16BR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF00B050"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -932,146 +935,157 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{95F52EA4-90A1-4107-98BC-BC4302C8279B}">
   <dimension ref="A1:G72"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B1" workbookViewId="0">
-      <selection activeCell="D2" sqref="D2"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C3" sqref="C3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="16.42578125" customWidth="1"/>
     <col min="3" max="3" width="51.85546875" customWidth="1"/>
     <col min="5" max="5" width="19.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A2" s="1"/>
+      <c r="A2" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="B2" s="4" t="s">
         <v>68</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>161</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>34</v>
       </c>
       <c r="E2" s="5">
         <v>45908.5</v>
       </c>
       <c r="F2" s="4">
         <v>7900</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>144</v>
+      </c>
       <c r="B3" s="4" t="s">
         <v>68</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>145</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>38</v>
       </c>
       <c r="E3" s="5">
         <v>45932</v>
       </c>
       <c r="F3" s="4">
         <v>330</v>
       </c>
       <c r="G3" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>50</v>
+      </c>
       <c r="B4" s="4" t="s">
         <v>23</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>51</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="E4" s="5">
         <v>45909</v>
       </c>
       <c r="F4" s="4">
         <v>1100</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>25</v>
+      </c>
       <c r="B5" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="5">
         <v>45902</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>157</v>
       </c>
       <c r="G5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>154</v>
       </c>
       <c r="B6" t="s">
         <v>155</v>